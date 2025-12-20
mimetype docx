--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -140,59 +140,56 @@
           <w:t>8</w:t>
         </w:r>
         <w:r w:rsidRPr="00325AE9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve">, </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>30</w:t>
         </w:r>
         <w:r w:rsidRPr="00325AE9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>.§</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6DE41180" w14:textId="275894A9" w:rsidR="0085080F" w:rsidRDefault="0085080F" w:rsidP="003869F3">
+    <w:p w14:paraId="6DE41180" w14:textId="228AB391" w:rsidR="0085080F" w:rsidRDefault="0085080F" w:rsidP="003869F3">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="0" w:right="113" w:firstLine="0"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00325AE9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve">Grozījumi: </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>27.03.2025</w:t>
         </w:r>
         <w:r w:rsidRPr="00325AE9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>., prot.Nr.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
@@ -202,71 +199,122 @@
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidRPr="00325AE9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve">, </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>37</w:t>
         </w:r>
         <w:r w:rsidRPr="00325AE9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>.§</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="41663DD7" w14:textId="77777777" w:rsidR="0030171C" w:rsidRDefault="0030171C" w:rsidP="00EB46B6">
+    <w:p w14:paraId="60B78EF6" w14:textId="2C44B548" w:rsidR="005220BE" w:rsidRDefault="005220BE" w:rsidP="003869F3">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0" w:right="113" w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00325AE9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t xml:space="preserve">Grozījumi: </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>25.09.2025</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00325AE9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>., prot.Nr.</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>22</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00325AE9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t xml:space="preserve">, </w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>50</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00325AE9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>.§</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7D4CADED" w14:textId="15964874" w:rsidR="00EB46B6" w:rsidRPr="009D5D15" w:rsidRDefault="004E7A86" w:rsidP="00EB46B6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="223"/>
         <w:ind w:left="0" w:right="112" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="009D5D15">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>APSTIPRINĀTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01B95CA1" w14:textId="77777777" w:rsidR="00EB46B6" w:rsidRDefault="004E7A86" w:rsidP="00EB46B6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="5728" w:right="109" w:hanging="46"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t>ar Balvu novada domes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F2345F5" w14:textId="77777777" w:rsidR="00EB46B6" w:rsidRDefault="004E7A86" w:rsidP="00EB46B6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="5728" w:right="109" w:hanging="46"/>
         <w:jc w:val="right"/>
       </w:pPr>
@@ -359,62 +407,50 @@
     <w:p w14:paraId="73B6FBF1" w14:textId="77777777" w:rsidR="00EB46B6" w:rsidRDefault="004E7A86" w:rsidP="00EB46B6">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>2024.gada</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>23.maijā</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="79558761" w14:textId="77777777" w:rsidR="00EB46B6" w:rsidRPr="00A02D52" w:rsidRDefault="004E7A86" w:rsidP="00EB46B6">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A02D52">
         <w:rPr>
           <w:caps/>
         </w:rPr>
         <w:t>Balvu</w:t>
       </w:r>
       <w:r w:rsidRPr="00A02D52">
         <w:rPr>
           <w:caps/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A02D52">
         <w:rPr>
           <w:caps/>
         </w:rPr>
@@ -2196,55 +2232,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>materiāliem,</w:t>
       </w:r>
       <w:r w:rsidR="00A71B09">
         <w:t xml:space="preserve"> reģistrāciju sēdēm, deputātu priekšlikumu iesniegšanu un </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">atklātu </w:t>
       </w:r>
       <w:r w:rsidR="00A71B09">
         <w:t xml:space="preserve">elektronisko </w:t>
       </w:r>
       <w:r>
         <w:t>balsošanu</w:t>
       </w:r>
       <w:r w:rsidR="00A71B09">
         <w:t xml:space="preserve"> tiešsaistē</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A71B09">
-        <w:t xml:space="preserve">Domes deputāta </w:t>
-[...3 lines deleted...]
-        <w:t>p</w:t>
+        <w:t>Domes deputāta p</w:t>
       </w:r>
       <w:r>
         <w:t>iekļuvi DVS nodrošina deputātam individuāli izsniegts unikāls</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>"Lietotāja</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>vārds"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
@@ -2270,50 +2302,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>aizliegts nodot citām personām.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A7210C8" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:ind w:right="111"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Deputāts </w:t>
       </w:r>
       <w:r w:rsidR="0015630C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">savu dalību sēdē </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">reģistrē DVS. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD0C3A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Atstājot sēdi, deputāts izrakstās no DVS.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -3340,291 +3373,357 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>par</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>klātneesošu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC4CC4A" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="004E7A86">
+    <w:p w14:paraId="1FC4CC4A" w14:textId="245C39F9" w:rsidR="00E947B0" w:rsidRPr="0044408A" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:ind w:right="107"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Deputāts var nepiedalīties balsošanā tikai normatīvajos aktos paredzētajos gadījumos,</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pirms</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>balsošanas</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>informējot</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sēdes</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vadītāju</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>par</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nepiedalīšanās</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>motīviem,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>par</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ko</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tiek</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>veikts</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:spacing w:val="-58"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ieraksts sēdes protokolā. </w:t>
+      </w:r>
+      <w:r w:rsidR="000075C2" w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tādā gadījumā deputāts nav klātesošs konkrētajā balsojumā, bet tas neietekmē kvorumu, kas nepieciešams sēdes norisei. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ja, ņemot vērā šādus ierobežojumus, deputāts nevar piedalīties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>lēmuma pieņemšanā kādai no daļām, deputāts par to paziņo sēdes vadītājam un var balsot</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:spacing w:val="-57"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>par lēmuma daļām 11. punktā noteiktajā kārtībā. Sēdes protokolā tiek veikts ieraksts par</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dalītā</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>balsojuma rezultātiem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F025881" w14:textId="380A1DC9" w:rsidR="0044408A" w:rsidRDefault="0044408A" w:rsidP="0044408A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="530"/>
+        </w:tabs>
+        <w:ind w:right="107" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4D7E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grozīts ar Balvu novada domes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>25.09.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.§))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BDDF4D1" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:spacing w:before="121"/>
         <w:ind w:right="113"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ja jautājums tiek izskatīts slēgtā sēdē vai tās daļā, sēdē piedalās deputāti, protokolētājs un</w:t>
       </w:r>
       <w:r>
@@ -4827,64 +4926,64 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-57"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>protokolā. Ja persona kārtību atkārtoti neievēro, sēdes vadītājs var izraidīt pārkāpēju no</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:t>sēdes norises telpas. Attālinātas sēdes gadījumā personas izraidīšanu no sēdes īsteno,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>sēdes norises telpas. Attālinātas sēdes gadījumā personas izraidīšanu no sēdes īsteno,</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t>ievērojot</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>šajā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -7821,96 +7920,90 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>prasībām</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">nepieciešama </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>nepieciešama personas datu noskaidrošana, personas identifikāciju pirms sēdes nodrošina</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>attiecīgā</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sēdes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA5384">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>personas datu noskaidrošana, personas identifikāciju pirms sēdes nodrošina</w:t>
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>protokolētājs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39315A8E" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:spacing w:before="66"/>
         <w:ind w:right="105"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -9264,145 +9357,213 @@
         <w:ind w:left="3853" w:hanging="401"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Domes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>sēdes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>norise</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607F473B" w14:textId="77777777" w:rsidR="00816D16" w:rsidRDefault="004E7A86">
+    <w:p w14:paraId="607F473B" w14:textId="7C792B7F" w:rsidR="00816D16" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:spacing w:before="115"/>
         <w:ind w:right="107"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Domes kārtējās sēdes notiek </w:t>
       </w:r>
-      <w:r w:rsidR="009D61DD" w:rsidRPr="009D61DD">
-[...13 lines deleted...]
-      <w:r w:rsidR="009D61DD" w:rsidRPr="00E1370F">
+      <w:r w:rsidR="009D61DD" w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">katra mēneša </w:t>
+      </w:r>
+      <w:r w:rsidR="009D61DD" w:rsidRPr="0044408A">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ceturtajā</w:t>
       </w:r>
-      <w:r w:rsidR="009D61DD" w:rsidRPr="00E1370F">
-[...6 lines deleted...]
-      <w:r w:rsidR="0071490D" w:rsidRPr="00E1370F">
+      <w:r w:rsidR="009D61DD" w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ceturtdienā plkst. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3118D" w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="009D61DD" w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.00.</w:t>
+      </w:r>
+      <w:r w:rsidR="0071490D" w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Centrālās pārvaldes ēkā – Bērzpils ielā 1A, Balvos, Balvu nov., LV-4501,</w:t>
       </w:r>
+      <w:r w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ne retāk kā reizi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D61DD" w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>mēnesī.</w:t>
+      </w:r>
+      <w:r w:rsidR="0071490D" w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja domes kārtējās sēdes diena iekrīt svētku dienā, tad domes kārtēja sēde notiek iepriekšējā </w:t>
+      </w:r>
       <w:r w:rsidRPr="00E1370F">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ne retāk kā reizi</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">Ja domes kārtējās sēdes diena iekrīt svētku dienā, tad domes kārtēja sēde notiek iepriekšējā darba dienā pirms svētku dienas. </w:t>
+        <w:t xml:space="preserve">darba dienā pirms svētku dienas. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08396DCB" w14:textId="1E35BED1" w:rsidR="0044408A" w:rsidRDefault="0044408A" w:rsidP="0044408A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="530"/>
+        </w:tabs>
+        <w:spacing w:before="115"/>
+        <w:ind w:right="107" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4D7E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grozīts ar Balvu novada domes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>25.09.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.§))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DDC9959" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRPr="00B72905" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:spacing w:before="115"/>
         <w:ind w:right="107"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1370F">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Domes priekšsēdētājs </w:t>
       </w:r>
       <w:r>
@@ -11277,367 +11438,397 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pirms ārkārtas</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC3A18">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC3A18">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sēdes.</w:t>
       </w:r>
       <w:r w:rsidRPr="003F0C06">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F25472A" w14:textId="77777777" w:rsidR="00DC3A18" w:rsidRPr="00DC3A18" w:rsidRDefault="004E7A86" w:rsidP="00DC3A18">
+    <w:p w14:paraId="0F25472A" w14:textId="1A91D602" w:rsidR="00DC3A18" w:rsidRPr="0044408A" w:rsidRDefault="004E7A86" w:rsidP="00DC3A18">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:ind w:right="108"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F0C06">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FB0E0A">
+      <w:r w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Centrālās pārvaldes </w:t>
+      </w:r>
+      <w:r w:rsidR="005B3968" w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Administratīvās </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nodaļas</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0E0A" w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (turpmāk  - </w:t>
       </w:r>
-      <w:r w:rsidR="00FB0E0A" w:rsidRPr="003F0C06">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="003F0C06">
+      <w:r w:rsidR="005B3968" w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Administratīvā </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0E0A" w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nodaļa) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0044408A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">atbildīgais darbinieks – protokolists deputātus par domes sēdes norises vietu un laiku, sēdes darba kārtību un lēmumprojektu pieejamību DVS informē, paziņojot uz </w:t>
       </w:r>
-      <w:r w:rsidR="0065308A" w:rsidRPr="003F0C06">
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> izsūtot DVS sistēmas paziņojumu.</w:t>
+      <w:r w:rsidR="0065308A" w:rsidRPr="0044408A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>deputāta norādīto e- pasta adresi, nosūtot īsziņu uz deputāta tālruni, kā arī uz deputāta e-pastu izsūtot DVS sistēmas paziņojumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="641F0B93" w14:textId="160BF2FA" w:rsidR="0044408A" w:rsidRPr="00DC3A18" w:rsidRDefault="0044408A" w:rsidP="0044408A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="530"/>
+        </w:tabs>
+        <w:ind w:right="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4D7E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grozīts ar Balvu novada domes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>25.09.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.§))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2427CF0E" w14:textId="77777777" w:rsidR="00B72905" w:rsidRPr="006A307E" w:rsidRDefault="004E7A86" w:rsidP="00B72905">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:spacing w:before="115"/>
         <w:ind w:right="107"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A307E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Domes sēdes protokolē, veic to audiovizuālu ierakstu, kā arī audiovizuālo tiešraidi video koplietošanas tiešsaistes sociālā tīkla tīmekļa vietnē </w:t>
       </w:r>
       <w:r w:rsidRPr="006A307E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>YouTube</w:t>
       </w:r>
       <w:r w:rsidRPr="006A307E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> un pašvaldības oficiālajā tīmekļvietnē www.balvi.lv. Tiešraides neveic sēdei vai tās daļai, kas pasludināta par slēgtu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="263F19CA" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRPr="006A307E" w:rsidRDefault="004E7A86">
+    <w:p w14:paraId="263F19CA" w14:textId="55937D55" w:rsidR="00E947B0" w:rsidRPr="00A4478B" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:ind w:right="108"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pašvaldību likumā noteiktajos gadījumos, kad domes priekšsēdētājs un viņa vietniek</w:t>
       </w:r>
-      <w:r w:rsidR="007A0AEC" w:rsidRPr="006A307E">
+      <w:r w:rsidR="007A0AEC" w:rsidRPr="00A4478B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tiek aizkavēti</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A307E">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidRPr="00A4478B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pildīt savus pienākumus, ir atlaisti, atbrīvoti vai atkāpušies no amata, treš</w:t>
       </w:r>
-      <w:r w:rsidR="00744246" w:rsidRPr="006A307E">
+      <w:r w:rsidR="00744246" w:rsidRPr="00A4478B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ā </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>daļa domes</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A307E">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidRPr="00A4478B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>deputātu sasauc domes ārkārtas sēdi, lai nodrošinātu pašvaldības darba nepārtrauktību.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A307E">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidRPr="00A4478B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Paziņojuma nosūtīšanu deputātiem par ārkārtas sēdes sasaukšanu nodrošina deputāts, kurš</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:spacing w:val="-58"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pirmais parakstījis paziņojumu par ārkārtas sēdes sasaukšanu. Paziņojumā norāda sēdes</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A307E">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidRPr="00A4478B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>darba kārtību, steidzamības pamatojumu, norises laiku un vietu, tam pievieno lēmuma</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A307E">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidRPr="00A4478B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>projektu</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>un par</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>to informē</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007A0AEC" w:rsidRPr="006A307E">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="006A307E">
+      <w:r w:rsidR="002C1C57" w:rsidRPr="00A4478B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Administratīvo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4478B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nodaļu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC2AAF1" w14:textId="2D24B220" w:rsidR="00A4478B" w:rsidRPr="00A4478B" w:rsidRDefault="00A4478B" w:rsidP="00A4478B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="530"/>
+        </w:tabs>
+        <w:ind w:right="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4478B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>(Grozīts ar Balvu novada domes 25.09.2025. lēmumu (protokols Nr.22, 50.§))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DCD1BB8" w14:textId="77777777" w:rsidR="00156123" w:rsidRPr="00B02590" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:spacing w:before="121"/>
         <w:ind w:right="111"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B02590">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Klātienes domes sēdē deputāts var piedalīties attālināti veselības stāvokļa vai komandējuma dēļ, kā arī ārkārtas sēdē, izmantojot tiešsaistes videokonferences sarunu rīku (ar ieslēgtu videokameru) un piedaloties balsošanā DVS.</w:t>
@@ -12849,50 +13040,51 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>paziņošana.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D128130" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Par</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>izskatāmajiem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -13038,51 +13230,50 @@
         </w:rPr>
         <w:t>jautājums;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48AE677B" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:spacing w:before="121"/>
         <w:ind w:right="110"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>komitejas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="59"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>loceklis,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="58"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -16010,51 +16201,58 @@
         <w:t>piecas</w:t>
       </w:r>
       <w:r w:rsidR="00A679F6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> minūtes. Deputāts par vienu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>un to pašu darba kārtības jautājumu var uzstāties debatēs divas reizes. Ja deputāts pārkāpj</w:t>
+        <w:t xml:space="preserve">un to pašu darba kārtības jautājumu var uzstāties debatēs divas reizes. Ja deputāts </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>pārkāpj</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-57"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sēdes kārtību debatēs, sēdes vadītājs pārtrauc viņa uzstāšanos un konkrētajā </w:t>
       </w:r>
       <w:r w:rsidRPr="00256BBA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>jautājumā</w:t>
       </w:r>
       <w:r w:rsidRPr="00256BBA">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -16102,51 +16300,50 @@
       <w:r w:rsidRPr="00256BBA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nedod.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25A96D94" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRPr="00256BBA" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00256BBA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Debates</w:t>
       </w:r>
       <w:r w:rsidRPr="00256BBA">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00256BBA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>var</w:t>
       </w:r>
       <w:r w:rsidRPr="00256BBA">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00256BBA">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -17272,51 +17469,51 @@
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>šādu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nepieciešamību nosaka </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10">
+      <w:hyperlink r:id="rId11">
         <w:r w:rsidR="00A3373A">
           <w:rPr>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>Administratīvā</w:t>
         </w:r>
         <w:r w:rsidR="00A3373A">
           <w:rPr>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="00A3373A">
           <w:rPr>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>procesa</w:t>
         </w:r>
         <w:r w:rsidR="00A3373A">
           <w:rPr>
             <w:spacing w:val="-1"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
@@ -17403,451 +17600,467 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>komiteju</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>darba</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>organizācija</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52290C99" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRPr="003A62D2" w:rsidRDefault="004E7A86">
+    <w:p w14:paraId="52290C99" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRPr="001C7C35" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:spacing w:before="66"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Komiteju</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kārtējās</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sēdes notiek:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD52D8A" w14:textId="1CD72CFD" w:rsidR="00600D1A" w:rsidRPr="003A62D2" w:rsidRDefault="004E7A86" w:rsidP="00600D1A">
+    <w:p w14:paraId="0BD52D8A" w14:textId="1CD72CFD" w:rsidR="00600D1A" w:rsidRPr="001C7C35" w:rsidRDefault="004E7A86" w:rsidP="00600D1A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:ind w:right="112"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Attīstības</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>komitejas</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sēde – </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk165918243"/>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">katra mēneša </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>trešajā</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> trešdienā plkst.9.00</w:t>
       </w:r>
-      <w:r w:rsidR="00702643" w:rsidRPr="003A62D2">
-[...6 lines deleted...]
-      <w:r w:rsidR="00702643" w:rsidRPr="003A62D2">
+      <w:r w:rsidR="00702643" w:rsidRPr="001C7C35">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00702643" w:rsidRPr="001C7C35">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:kern w:val="24"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="x-none" w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>(gadījumos, kad mēneša trešā trešdiena ir vienā un tajā pašā nedēļā, kad mēneša ceturtā ceturtdiena, Attīstības komitejas sēde notiek mēneša otrajā trešdienā plkst.9.00)</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="0C40C673" w14:textId="77777777" w:rsidR="00600D1A" w:rsidRPr="003A62D2" w:rsidRDefault="004E7A86" w:rsidP="00600D1A">
+    <w:p w14:paraId="0C40C673" w14:textId="2A847897" w:rsidR="00600D1A" w:rsidRPr="001C7C35" w:rsidRDefault="004E7A86" w:rsidP="00600D1A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:ind w:right="112"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sociālā un veselības aprūpes jautājumu komitejas sēde – katra mēneša </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>trešajā</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> ceturtdienā plkst. 9.00;</w:t>
+      <w:r w:rsidRPr="001C7C35">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00734F3B" w:rsidRPr="001C7C35">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trešdienā plkst.13.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C7C35">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C09EFE9" w14:textId="77777777" w:rsidR="00600D1A" w:rsidRPr="003A62D2" w:rsidRDefault="004E7A86" w:rsidP="00600D1A">
+    <w:p w14:paraId="2C09EFE9" w14:textId="063F3730" w:rsidR="00600D1A" w:rsidRPr="001C7C35" w:rsidRDefault="004E7A86" w:rsidP="00600D1A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:ind w:right="112"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Izglītības, kultūras un sporta jautājumu komitejas sēde - katra mēneša </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>trešajā</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> ceturtdienā plkst.11.00;</w:t>
+      <w:r w:rsidRPr="001C7C35">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36BB1" w:rsidRPr="001C7C35">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ceturtdienā plkst.10.00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C7C35">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14459816" w14:textId="77777777" w:rsidR="000E61F5" w:rsidRPr="003A62D2" w:rsidRDefault="004E7A86" w:rsidP="000E61F5">
+    <w:p w14:paraId="14459816" w14:textId="77777777" w:rsidR="000E61F5" w:rsidRPr="001C7C35" w:rsidRDefault="004E7A86" w:rsidP="000E61F5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Finanšu</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>komitejas</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sēde - </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>katra</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mēneša</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00600D1A" w:rsidRPr="003A62D2">
+      <w:r w:rsidR="00600D1A" w:rsidRPr="001C7C35">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>trešajā</w:t>
       </w:r>
-      <w:r w:rsidR="00600D1A" w:rsidRPr="003A62D2">
+      <w:r w:rsidR="00600D1A" w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ceturtdienā plkst.13.00</w:t>
       </w:r>
-      <w:r w:rsidRPr="003A62D2">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CDEFD98" w14:textId="2641BECC" w:rsidR="003A62D2" w:rsidRDefault="003A62D2" w:rsidP="003A62D2">
+    <w:p w14:paraId="0CDEFD98" w14:textId="69199A5E" w:rsidR="003A62D2" w:rsidRPr="001C7C35" w:rsidRDefault="003A62D2" w:rsidP="003A62D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk114657731"/>
       <w:bookmarkStart w:id="5" w:name="_Hlk123224272"/>
       <w:bookmarkStart w:id="6" w:name="_Hlk160106494"/>
-      <w:r w:rsidRPr="003A4D7E">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="_Hlk161672244"/>
-      <w:r w:rsidRPr="003A4D7E">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Grozīts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="003A4D7E">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> ar Balvu novada domes </w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
-      <w:r>
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>25.07.2024.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00277300">
+        <w:t xml:space="preserve">25.07.2024. lēmumu (protokols Nr.12, </w:t>
+      </w:r>
+      <w:r w:rsidR="004E7A86" w:rsidRPr="001C7C35">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>.12</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00277300">
+        <w:t>.§</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB448D" w:rsidRPr="001C7C35">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...11 lines deleted...]
-        <w:t>.§))</w:t>
+        <w:t xml:space="preserve"> un ar 25.09.2025. lēmumu (protokols Nr.22, 50.§))</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="5F934AF2" w14:textId="77777777" w:rsidR="004E7A86" w:rsidRDefault="004E7A86" w:rsidP="003A62D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="453479AC" w14:textId="092C9866" w:rsidR="004E7A86" w:rsidRDefault="004E7A86" w:rsidP="004E7A86">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="425"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:kern w:val="24"/>
           <w:sz w:val="24"/>
@@ -17989,75 +18202,82 @@
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2502C">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:kern w:val="24"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C2502C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Ja reglamenta 62.punktā noteiktajā kārtībā kārtējās komiteju sēdes iekrīt pirms svētku darba dienā (</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2502C">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>pirms Lieldienām, Jāņiem vai Ziemassvētkiem), kad saskaņā ar Balvu novada pašvaldības amatpersonu un darbinieku atlīdzības nolikumu darba dienas ilgums tiek saīsināts par četrām stundām, komiteju kārtējās sēdes notiek:</w:t>
+        <w:t xml:space="preserve">pirms Lieldienām, Jāņiem vai Ziemassvētkiem), kad saskaņā ar Balvu novada </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2502C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>pašvaldības amatpersonu un darbinieku atlīdzības nolikumu darba dienas ilgums tiek saīsināts par četrām stundām, komiteju kārtējās sēdes notiek:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A4B001D" w14:textId="77777777" w:rsidR="00C2502C" w:rsidRPr="00C2502C" w:rsidRDefault="00C2502C" w:rsidP="00C2502C">
       <w:pPr>
         <w:widowControl/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:ind w:left="1276" w:hanging="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C2502C">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:kern w:val="24"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>62</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2502C">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:kern w:val="24"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2502C">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:kern w:val="24"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C2502C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="24"/>
@@ -18415,75 +18635,63 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ceturtdienā  plkst.10.00.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10C936E4" w14:textId="59FC031D" w:rsidR="00A41840" w:rsidRPr="00A41840" w:rsidRDefault="00A41840" w:rsidP="00A41840">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:ind w:right="107"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A4D7E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">(Grozīts ar Balvu novada domes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>27.03.2025</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>27.03.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00277300">
+        <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
-[...11 lines deleted...]
-        <w:t>6</w:t>
+        <w:t>.6</w:t>
       </w:r>
       <w:r w:rsidRPr="00277300">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>37</w:t>
       </w:r>
       <w:r w:rsidRPr="00277300">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.§))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CE840AF" w14:textId="20EF4771" w:rsidR="0043261B" w:rsidRDefault="004E7A86" w:rsidP="00005AA1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -18671,146 +18879,150 @@
     <w:p w14:paraId="5F7892A4" w14:textId="77777777" w:rsidR="00E1524B" w:rsidRPr="00E1524B" w:rsidRDefault="004E7A86" w:rsidP="00E1524B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120"/>
         <w:ind w:left="527" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E1524B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Komiteju apvienotā sēde notiek, ja tajā piedalās vairāk nekā puse katras komitejas locekļu. Lēmums ir pieņemts, ja par to nobalso vairāk nekā puse no klātesošajiem deputātiem. Ja, balsojot par lēmumu, balsis sadalās vienādi, izšķirošā ir sēdes vadītāja balss. Kopīgās sēdes protokolam tiek piešķirts tās komitejas sēdes protokola secīgais numurs, kura ir tās ierosinātāja.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F9E99E3" w14:textId="77777777" w:rsidR="00B2648D" w:rsidRPr="00E1524B" w:rsidRDefault="004E7A86" w:rsidP="00E1524B">
+    <w:p w14:paraId="2F9E99E3" w14:textId="77777777" w:rsidR="00B2648D" w:rsidRPr="001C7C35" w:rsidRDefault="004E7A86" w:rsidP="00E1524B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="527" w:right="109" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E1524B">
+      <w:r w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Komiteju sēdes nedrīkst būt tajā pašā laikā, kad ir domes sēdes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72825A0D" w14:textId="77777777" w:rsidR="00A7676C" w:rsidRDefault="004E7A86" w:rsidP="00A7676C">
+    <w:p w14:paraId="72825A0D" w14:textId="51E51342" w:rsidR="00A7676C" w:rsidRPr="001C7C35" w:rsidRDefault="003963D7" w:rsidP="00A7676C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:ind w:right="109"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Kancelejas un personāla nodaļas atbildīgais darbinieks un elektroniski nosūta komitejas priekšsēdētājam saskaņošanai. Saskaņojot darba kārtību, komitejas priekšsēdētājs nosaka jautājumu izskatīšanas secību. </w:t>
+      <w:r w:rsidRPr="001C7C35">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Komitejas sēdes darba kārtību sagatavo Administratīvās nodaļas atbildīgais darbinieks un elektroniski nosūta komitejas priekšsēdētājam apstiprināšanai. Komitejas priekšsēdētājs nosaka jautājumu izskatīšanas secību.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E7A86" w:rsidRPr="001C7C35">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E212786" w14:textId="28F5F016" w:rsidR="001C7C35" w:rsidRPr="001C7C35" w:rsidRDefault="001C7C35" w:rsidP="001C7C35">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="530"/>
+        </w:tabs>
+        <w:ind w:right="109" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C7C35">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>(Grozīts ar Balvu novada domes 25.09.2025. lēmumu (protokols Nr.22, 50.§))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DC59498" w14:textId="77777777" w:rsidR="006E3D2E" w:rsidRPr="00FF630F" w:rsidRDefault="004E7A86" w:rsidP="006E3D2E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:ind w:right="109"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001C7C35">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paziņojumu par komitejas sēdes darba kārtību, norises laiku un vietu ne vēlāk kā trīs </w:t>
+      </w:r>
       <w:r w:rsidRPr="00FF630F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Paziņojumu par </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> sēdes darba kārtību, norises laiku un vietu ne vēlāk kā trīs darbdienas pirms kārtējās sēdes</w:t>
+        <w:t>darbdienas pirms kārtējās sēdes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> un trīs stundas pirms ārkārtas sēdes</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF630F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> publicē pašvaldības oficiālajā tīmekļvietnē www.balvi.lv.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF630F">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -19293,148 +19505,191 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">komitejas </w:t>
       </w:r>
       <w:r w:rsidR="00A841AB" w:rsidRPr="00DC3A18">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ārkārtas</w:t>
       </w:r>
       <w:r w:rsidR="00A841AB" w:rsidRPr="00DC3A18">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC3A18">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sēdes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E83B9EB" w14:textId="77777777" w:rsidR="001B4114" w:rsidRPr="00844C51" w:rsidRDefault="004E7A86" w:rsidP="001B4114">
+    <w:p w14:paraId="2E83B9EB" w14:textId="045D203D" w:rsidR="001B4114" w:rsidRPr="001C7C35" w:rsidRDefault="002F1A32" w:rsidP="001B4114">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:ind w:right="108"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F0C06">
-[...17 lines deleted...]
-      <w:r w:rsidR="0065308A">
+      <w:r w:rsidRPr="001C7C35">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Administratīvās </w:t>
+      </w:r>
+      <w:r w:rsidR="004E7A86" w:rsidRPr="001C7C35">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nodaļas atbildīgais darbinieks – protokolists deputātus par komitejas sēdes norises vietu un laiku, sēdes darba kārtību un lēmumprojektu pieejamību DVS informē, paziņojot uz deputāt</w:t>
+      </w:r>
+      <w:r w:rsidR="0065308A" w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F0C06">
+      <w:r w:rsidR="004E7A86" w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> norādīt</w:t>
       </w:r>
-      <w:r w:rsidR="0065308A">
+      <w:r w:rsidR="0065308A" w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F0C06">
+      <w:r w:rsidR="004E7A86" w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> e- pasta adres</w:t>
       </w:r>
-      <w:r w:rsidR="0065308A">
+      <w:r w:rsidR="0065308A" w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F0C06">
+      <w:r w:rsidR="004E7A86" w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, nosūtot īsziņu uz deputāta tālruni, kā arī</w:t>
       </w:r>
-      <w:r w:rsidR="00A73F32" w:rsidRPr="00A73F32">
-[...11 lines deleted...]
-      <w:r w:rsidR="0065308A">
+      <w:r w:rsidR="00A73F32" w:rsidRPr="001C7C35">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uz deputāt</w:t>
+      </w:r>
+      <w:r w:rsidR="0065308A" w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A73F32">
+      <w:r w:rsidR="00A73F32" w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> e-pastu</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F0C06">
+      <w:r w:rsidR="004E7A86" w:rsidRPr="001C7C35">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> izsūtot DVS sistēmas paziņojumu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432773BA" w14:textId="5B8F885A" w:rsidR="001C7C35" w:rsidRPr="00844C51" w:rsidRDefault="001C7C35" w:rsidP="001743EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="530"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="527" w:right="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4D7E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grozīts ar Balvu novada domes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>25.09.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.§))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E8038F3" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:ind w:right="109"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Komitejas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -19616,50 +19871,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>šie nosacījumi:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68158E2D" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRPr="00D42C1E" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:ind w:right="108"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D42C1E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ja vismaz dienu pirms komitejas kārtējās sēdes</w:t>
       </w:r>
       <w:r w:rsidR="005D370B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (arī komiteju apvienotās sēdes)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D42C1E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai </w:t>
       </w:r>
       <w:r w:rsidR="00D42C1E" w:rsidRPr="00D42C1E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">vienu </w:t>
       </w:r>
       <w:r w:rsidRPr="00D42C1E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>stund</w:t>
@@ -19706,51 +19962,50 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>attālināti;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DFC54A1" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:ind w:right="112"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>komitejas loceklim</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ir nodrošināta tehniska iespēja piedalīties sēdē, izmantojot</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -20002,188 +20257,96 @@
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Komitejas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>priekšsēdētājs:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3820A7FF" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="004E7A86" w:rsidP="005D40EB">
+    <w:p w14:paraId="3820A7FF" w14:textId="06CF4467" w:rsidR="00E947B0" w:rsidRPr="009420E3" w:rsidRDefault="009420E3" w:rsidP="005D40EB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:ind w:right="111"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...120 lines deleted...]
-        <w:t>domes priekšsēdētājam;</w:t>
+      <w:bookmarkStart w:id="8" w:name="_Hlk175133009"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk192060829"/>
+      <w:r w:rsidRPr="009420E3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(svītrots ar Balvu novada domes </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="009420E3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>25.09.2025. lēmumu (protokols Nr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009420E3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009420E3">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>22, 50.§))</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidR="004E7A86" w:rsidRPr="009420E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D9BE19" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="004E7A86" w:rsidP="005D40EB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pārstāv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -20918,50 +21081,104 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>noteiktos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pienākumus.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="3894CA56" w14:textId="1AE8A243" w:rsidR="009446F2" w:rsidRPr="009446F2" w:rsidRDefault="009446F2" w:rsidP="009446F2">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1234"/>
+          <w:tab w:val="left" w:pos="1235"/>
+        </w:tabs>
+        <w:ind w:left="528"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4D7E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grozīts ar Balvu novada domes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>25.09.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.§))</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="648342AC" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:ind w:right="110"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Komitejas priekšsēdētāja vietnieks aizvieto komitejas priekšsēdētāju prombūtnes laikā, kā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-57"/>
           <w:sz w:val="24"/>
@@ -22478,214 +22695,318 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002449C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kurš apkopoja</w:t>
       </w:r>
       <w:r w:rsidRPr="002449C7">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002449C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>viedokļus.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="42E3EF44" w14:textId="3D5ED7EC" w:rsidR="005F2136" w:rsidRPr="00247ACF" w:rsidRDefault="005F2136" w:rsidP="005F2136">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="530"/>
+        </w:tabs>
+        <w:spacing w:before="121"/>
+        <w:ind w:right="108" w:hanging="387"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247ACF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>82.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247ACF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247ACF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ja komiteja pieņem lēmumu par iesniegtā lēmuma projekta grozīšanu vai papildināšanu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247ACF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>nepieciešamos grozījumus vai papildinājumus norāda komitejas protokolā un lēmuma projekta sagatavotājs vai  Administratīvās nodaļas atbildīgais darbinieks – protokolists veic atbilstošas izmaiņas lēmuma projektā.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771CD546" w14:textId="28596799" w:rsidR="00247ACF" w:rsidRPr="00247ACF" w:rsidRDefault="00247ACF" w:rsidP="00247ACF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="530"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="528" w:right="108" w:hanging="386"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247ACF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00247ACF">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>(Grozīts ar Balvu novada domes 25.09.2025. lēmumu (protokols Nr.22, 50.§))</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="265CD1FF" w14:textId="77777777" w:rsidR="004018E0" w:rsidRDefault="004E7A86" w:rsidP="004018E0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="527" w:hanging="425"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00247ACF">
+        <w:rPr>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pēc lēmuma projekta izskatīšanas, attiecīgā komiteja lēmuma projektu ar komitejas </w:t>
+      </w:r>
       <w:r w:rsidRPr="0005006B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Pēc lēmuma projekta izskatīšanas</w:t>
+        <w:t>atzinumu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0005006B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>attiecīgā komiteja lēmum</w:t>
+        <w:t>nodod domes priekšsēdētājam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">a </w:t>
+        <w:t xml:space="preserve"> vai iesniedz to izskatīšanai citā komitejā</w:t>
       </w:r>
       <w:r w:rsidRPr="0005006B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>projektu ar komitejas atzinumu</w:t>
+        <w:t>. Ja komitejā, izskatot lēmuma projektu, ir saņemts priekšlikums grozīt iesniegto lēmuma projekta tekstu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> un tas ir atbalstīts</w:t>
       </w:r>
       <w:r w:rsidRPr="0005006B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>nodod domes priekšsēdētājam</w:t>
+        <w:t xml:space="preserve">, pirms iekļaušanas domes sēdes darba kārtībā lēmuma projektu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vai iesniedz to izskatīšanai citā komitejā</w:t>
+        <w:t>ar veiktajiem labojumiem</w:t>
       </w:r>
       <w:r w:rsidRPr="0005006B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>. Ja komitejā, izskatot lēmuma projektu, ir saņemts priekšlikums grozīt iesniegto lēmuma projekta tekstu</w:t>
+        <w:t xml:space="preserve"> nodod atkārtotai saskaņošanai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> un tas ir atbalstīts</w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="0005006B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, pirms iekļaušanas domes sēdes darba kārtībā lēmuma </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0005006B">
+        <w:t>Ja grozījumi tekstā ir nebūtiski, lēmuma projekts</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> ar grozījumiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0005006B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>ar veiktajiem labojumiem</w:t>
-[...33 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> var tikt nodots izskatīšanai domes sēdē bez atkārtotas saskaņošanas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51F0FA07" w14:textId="77777777" w:rsidR="00DF6032" w:rsidRPr="00DF6032" w:rsidRDefault="004E7A86" w:rsidP="00DF6032">
+    <w:p w14:paraId="51F0FA07" w14:textId="515AF774" w:rsidR="00DF6032" w:rsidRPr="00034D41" w:rsidRDefault="004E7A86" w:rsidP="00034D41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1104"/>
           <w:tab w:val="left" w:pos="1108"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
+        <w:spacing w:before="0"/>
         <w:ind w:left="527" w:right="178" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF142E">
+      <w:r w:rsidRPr="00034D41">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ja komiteja balsojusi “pret” lēmuma projektu, un normatīvie akti nosaka, ka lēmums ir jāpieņem domei, tad neatkarīgi no tā, vai komitejā lēmuma projekts ir vai nav atbalstīts (saņemts komitejas pozitīvs vai negatīvs atzinums), tas virzāms izskatīšanai domes sēdē.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D8541F" w:rsidRPr="00034D41">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pārējos gadījumos, ja komiteja balsojusi “pret” lēmuma projektu, tas netiek virzīts izskatīšanai domes sēdē.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D7E2190" w14:textId="6ADA9868" w:rsidR="00034D41" w:rsidRPr="00D8541F" w:rsidRDefault="00034D41" w:rsidP="00034D41">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1104"/>
+          <w:tab w:val="left" w:pos="1108"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="527" w:right="176" w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4D7E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grozīts ar Balvu novada domes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>25.09.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.§))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24B4C8F1" w14:textId="77777777" w:rsidR="004018E0" w:rsidRDefault="004E7A86" w:rsidP="004018E0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="527" w:hanging="425"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0005006B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Ja komitejas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -22781,444 +23102,140 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sagatavotāji un</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>komiteju priekšsēdētāji.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2768A254" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRPr="00C76DBE" w:rsidRDefault="004E7A86" w:rsidP="00C76DBE">
+    <w:p w14:paraId="2768A254" w14:textId="056D6D4F" w:rsidR="00E947B0" w:rsidRPr="00442A2B" w:rsidRDefault="003F0432" w:rsidP="00442A2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
+        <w:spacing w:before="0"/>
         <w:ind w:left="527" w:right="108" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C76DBE">
+      <w:r w:rsidRPr="00442A2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Komitejas sēdes protokolē, kā arī veic tās audioierakstu. </w:t>
-[...171 lines deleted...]
-        <w:t>parakstīšanai.</w:t>
+        <w:t>Komitejas sēdes protokolē, veic tās audioierakstu vai audiovizuālo ierakstu, kā arī  audiovizuālo tiešraidi pašvaldības oficiālajā tīmekļa vietnē www.balvi.lv. Lēmumu par komitejas audiovizuālo ieraksta veikšanu, kā arī par audiovizuālo tiešraidi pašvaldības oficiālajā tīmekļa vietnē www.balvi.lv pieņem attiecīgās komitejas priekšsēdētājs pirms komitejas sēdes sasaukšanas. Tiešraides neveic sēdei vai tās daļai, kas pasludināta par slēgtu. Komiteju priekšsēdētāji un protokolētāji paraksta protokolus vienas darbdienas laikā pēc protokola nosūtīšanas parakstīšanai.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74283140" w14:textId="77777777" w:rsidR="000669BE" w:rsidRDefault="004E7A86" w:rsidP="005805E2">
+    <w:p w14:paraId="1E988F1F" w14:textId="5DB758A0" w:rsidR="00442A2B" w:rsidRPr="00442A2B" w:rsidRDefault="00442A2B" w:rsidP="00442A2B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="530"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="527" w:right="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00442A2B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>(Grozīts ar Balvu novada domes 25.09.2025. lēmumu (protokols Nr.22, 50.§))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74283140" w14:textId="656D3B1F" w:rsidR="000669BE" w:rsidRPr="00442A2B" w:rsidRDefault="00CE53B0" w:rsidP="00442A2B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1038"/>
           <w:tab w:val="left" w:pos="1041"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
         <w:ind w:left="527" w:right="179" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00102A9B">
-[...174 lines deleted...]
-        <w:t>tiek nosūtīts informācijas pieprasītājam, ievērojot normatīvajos aktos noteikto ierobežotas pieejamības informācijas aprites kārtību.</w:t>
+      <w:r w:rsidRPr="00442A2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Komitejas sēdes audioieraksts vai audiovizuālais ieraksts pašvaldības oficiālajā tīmekļvietnē www.balvi.lv tiek ievietots piecu darbdienu laikā pēc komitejas sēdes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F6620E" w14:textId="77777777" w:rsidR="005805E2" w:rsidRPr="005805E2" w:rsidRDefault="005805E2" w:rsidP="005805E2">
+    <w:p w14:paraId="00D2095C" w14:textId="14BDC041" w:rsidR="00442A2B" w:rsidRPr="00442A2B" w:rsidRDefault="00442A2B" w:rsidP="00442A2B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1038"/>
+          <w:tab w:val="left" w:pos="1041"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="527" w:right="181" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00442A2B">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>(Grozīts ar Balvu novada domes 25.09.2025. lēmumu (protokols Nr.22, 50.§))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F6620E" w14:textId="77777777" w:rsidR="005805E2" w:rsidRPr="00442A2B" w:rsidRDefault="005805E2" w:rsidP="005805E2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1038"/>
           <w:tab w:val="left" w:pos="1041"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="527" w:right="179" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B1C8C07" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRPr="00D72240" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2902"/>
         </w:tabs>
         <w:ind w:left="2901" w:hanging="294"/>
         <w:jc w:val="both"/>
@@ -23232,129 +23249,90 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D72240">
         <w:t>lēmumu</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72240">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D72240">
         <w:t>projektu</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72240">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D72240">
         <w:t>iesniegšana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5134B352" w14:textId="77777777" w:rsidR="008D6291" w:rsidRPr="00D70CAB" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
+    <w:p w14:paraId="5134B352" w14:textId="4216CD20" w:rsidR="008D6291" w:rsidRPr="00233B06" w:rsidRDefault="00A47246" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:spacing w:before="115"/>
         <w:ind w:right="107"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00442235">
-[...61 lines deleted...]
-        <w:t>normatīvajos aktos noteiktos gadījumos, un informē attiecīgās komitejas priekšsēdētāju.</w:t>
+      <w:r w:rsidRPr="00233B06">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Saņemot iesniegumu vai jautājumu, kas ir domes kompetencē, domes priekšsēdētājs nosaka lēmuma vai cita veida dokumenta projekta sagatavošanas termiņu, komiteju un datumu, līdz kuram jautājums skatāms un to nodod izpildei izpilddirektoram vai pašvaldības iestādes vadītājam. Par saņemto iesniegumu vai jautājumu DVS informē attiecīgās komitejas priekšsēdētāju.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56EC6555" w14:textId="45F85A3A" w:rsidR="00233B06" w:rsidRPr="00233B06" w:rsidRDefault="00233B06" w:rsidP="00233B06">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="530"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="527" w:right="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00233B06">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>(Grozīts ar Balvu novada domes 25.09.2025. lēmumu (protokols Nr.22, 50.§))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DD03544" w14:textId="77777777" w:rsidR="008D6291" w:rsidRPr="008D6291" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Lēmumu</w:t>
       </w:r>
       <w:r w:rsidRPr="008D6291">
         <w:rPr>
           <w:spacing w:val="-2"/>
@@ -23440,321 +23418,337 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D6291">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>arī</w:t>
       </w:r>
       <w:r w:rsidRPr="008D6291">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D6291">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>izpilddirektors un viņa vietnieks;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BEC9EC2" w14:textId="77777777" w:rsidR="008D6291" w:rsidRPr="008D6291" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
+    <w:p w14:paraId="5BEC9EC2" w14:textId="1C1CE757" w:rsidR="008D6291" w:rsidRPr="00406389" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:spacing w:before="121"/>
         <w:ind w:right="110"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Centrālās pārvaldes</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>darbinieki</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>domes</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>priekšsēdētāja,</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>viņa</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vietnieka,</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>izpilddirektora</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00406389">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>un</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">viņa </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-57"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vietnieka,</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kā</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
-[...3 lines deleted...]
-        <w:t>arī komiteju priekšsēdētāju uzdevumā;</w:t>
+      <w:r w:rsidRPr="00406389">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>arī komiteju priekšsēdētāju uzdevumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00401AFD" w:rsidRPr="00406389">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00401AFD" w:rsidRPr="00406389">
+        <w:t xml:space="preserve"> kas tiek noformēts rakstveidā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00406389">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F93558A" w14:textId="77777777" w:rsidR="00AA2007" w:rsidRPr="008D6291" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
+    <w:p w14:paraId="1F93558A" w14:textId="77777777" w:rsidR="00AA2007" w:rsidRPr="00406389" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>deputāti</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pēc</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>savas iniciatīvas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72455989" w14:textId="77777777" w:rsidR="008D6291" w:rsidRPr="008D6291" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
+    <w:p w14:paraId="72455989" w14:textId="77777777" w:rsidR="008D6291" w:rsidRPr="00406389" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>domes</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>izveidoto</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>komisiju</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D6291">
+      <w:r w:rsidRPr="00406389">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>priekšsēdētāji;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6988C4C5" w14:textId="77777777" w:rsidR="008D6291" w:rsidRPr="008D6291" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00831A65">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -23844,83 +23838,137 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D6291">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>savas</w:t>
       </w:r>
       <w:r w:rsidRPr="008D6291">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D6291">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>iniciatīvas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EF197E7" w14:textId="77777777" w:rsidR="008D6291" w:rsidRPr="008D6291" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
+    <w:p w14:paraId="3EF197E7" w14:textId="77777777" w:rsidR="008D6291" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6291">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>iedzīvotāju</w:t>
       </w:r>
       <w:r w:rsidRPr="008D6291">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D6291">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>padomes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D19A6A" w14:textId="1676A3BA" w:rsidR="00406389" w:rsidRPr="00406389" w:rsidRDefault="00406389" w:rsidP="00406389">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1234"/>
+          <w:tab w:val="left" w:pos="1235"/>
+        </w:tabs>
+        <w:ind w:left="528"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4D7E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grozīts ar Balvu novada domes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>25.09.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.§))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="555D46B1" w14:textId="77777777" w:rsidR="008D6291" w:rsidRPr="008D6291" w:rsidRDefault="008D6291" w:rsidP="008D6291">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="766DE2F8" w14:textId="77777777" w:rsidR="00EF74E2" w:rsidRPr="00C04C72" w:rsidRDefault="004E7A86" w:rsidP="00C04C72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1104"/>
           <w:tab w:val="left" w:pos="1108"/>
         </w:tabs>
@@ -23933,284 +23981,289 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Lēmumu projektu izstrādāšanas, vizēšanas</w:t>
       </w:r>
       <w:r w:rsidR="009E123F" w:rsidRPr="00C04C72">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> un </w:t>
       </w:r>
       <w:r w:rsidRPr="00C04C72">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">noformēšanas kārtību pašvaldībā nosaka pašvaldības izpilddirektora izdots iekšējais normatīvais akts dokumentu un arhīva pārvaldības jomā. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70A928CB" w14:textId="77777777" w:rsidR="008D6291" w:rsidRPr="008D6291" w:rsidRDefault="008D6291" w:rsidP="00C04C72">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="248EF8BF" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRPr="00C04C72" w:rsidRDefault="004E7A86" w:rsidP="00C04C72">
+    <w:p w14:paraId="248EF8BF" w14:textId="70BFF355" w:rsidR="00E947B0" w:rsidRPr="00C04C72" w:rsidRDefault="004E7A86" w:rsidP="00C04C72">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:spacing w:before="66"/>
         <w:ind w:right="-66"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C04C72">
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Lēmuma projektu iesniedz </w:t>
       </w:r>
-      <w:r w:rsidR="00E24D7B" w:rsidRPr="00C04C72">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidR="00800165" w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Administratīvajā </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nodaļā elektroniski DVS, noformējot to</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>atbilstoši</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>lietvedības</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>juridiskās</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tehnikas</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>noteikumiem,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>un</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pievieno</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>visus</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sagatavošanu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>saistītos dokumentus</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C04C72">
+      <w:r w:rsidRPr="00455F27">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>un pielikumus</w:t>
       </w:r>
+      <w:r w:rsidR="00B7365E" w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>. Papildus iekšējā normatīvā akt</w:t>
+      </w:r>
+      <w:r w:rsidR="004B24A9" w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ā</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7365E" w:rsidRPr="00455F27">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00B7365E" w:rsidRPr="00C04C72">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>. Papildus iekšējā normatīvā akt</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> dokumentu un arhīva pārvaldības jomā noteiktajām prasībām,</w:t>
+        <w:t>dokumentu un arhīva pārvaldības jomā noteiktajām prasībām,</w:t>
       </w:r>
       <w:r w:rsidR="004B24A9" w:rsidRPr="00C04C72">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> lēmuma projekta </w:t>
       </w:r>
       <w:r w:rsidR="005917EC" w:rsidRPr="00C04C72">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sagatavotājs </w:t>
       </w:r>
       <w:r w:rsidRPr="00C04C72">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>rakstiski</w:t>
       </w:r>
       <w:r w:rsidRPr="00C04C72">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -25603,96 +25656,149 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7365E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>lēmuma</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7365E">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7365E">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pieņemšanas;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CB28050" w14:textId="77777777" w:rsidR="004B24A9" w:rsidRPr="00793E45" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
+    <w:p w14:paraId="0CB28050" w14:textId="77777777" w:rsidR="004B24A9" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:ind w:right="-66"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B7365E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pielikumus</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7365E">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7365E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(ja</w:t>
       </w:r>
       <w:r w:rsidRPr="00B7365E">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B7365E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ir).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3469D50E" w14:textId="4BE253E3" w:rsidR="00455F27" w:rsidRPr="00455F27" w:rsidRDefault="00455F27" w:rsidP="00455F27">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1235"/>
+        </w:tabs>
+        <w:ind w:left="528" w:right="-66"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4D7E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grozīts ar Balvu novada domes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>25.09.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.§))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F13808" w14:textId="77777777" w:rsidR="00793E45" w:rsidRPr="00793E45" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="527" w:right="-68" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00793E45">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Dome var pieņemt politiskus lēmumus ar politiska rakstura apsvērumu bez formāliem</w:t>
       </w:r>
       <w:r w:rsidRPr="00793E45">
@@ -25747,50 +25853,51 @@
         </w:rPr>
         <w:t>pamatojumu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EFF62DF" w14:textId="77777777" w:rsidR="0012377E" w:rsidRPr="00AB6286" w:rsidRDefault="004E7A86" w:rsidP="00AB6286">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="535"/>
           <w:tab w:val="left" w:pos="539"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="527" w:right="-68" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lēmuma projekta </w:t>
       </w:r>
       <w:r w:rsidR="004462FC">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>izstrādātājs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir atbildīgs par lēmuma projekta atbilstību normatīvajam regulējumam,</w:t>
       </w:r>
       <w:r w:rsidR="00467D77">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> tajā skaitā par ietvertās informācijas precizitāti, piedāvātā risinājuma efektivitāti, lietderību un tiesiskumu,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kā arī visas nepieciešamās dokumentācijas pievienošanu, saskaņojumu un vizējumu saņemšanu.</w:t>
@@ -26101,58 +26208,51 @@
           <w:tab w:val="left" w:pos="1239"/>
           <w:tab w:val="left" w:pos="1245"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="1236" w:right="76" w:hanging="709"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">komiteju sēdēs izskatītus lēmumu projektus iesniedz izskatīšanai </w:t>
       </w:r>
       <w:r w:rsidR="00067F1F">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">omes sēdē ne </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">vēlāk kā 4 (četras) darba dienas pirms </w:t>
+        <w:t xml:space="preserve">omes sēdē ne vēlāk kā 4 (četras) darba dienas pirms </w:t>
       </w:r>
       <w:r w:rsidR="00067F1F">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">omes sēdes, ievietojot </w:t>
       </w:r>
       <w:r w:rsidR="00B55E57">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DVS,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ja komitejas sēdē nav nolemts citādi. Lēmumu projektus iekļauj </w:t>
       </w:r>
@@ -26688,609 +26788,679 @@
       <w:r w:rsidRPr="00B6449C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> projektus</w:t>
       </w:r>
       <w:r w:rsidR="00371C44" w:rsidRPr="00B6449C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, kas </w:t>
       </w:r>
       <w:r w:rsidR="00005064">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DVS </w:t>
       </w:r>
       <w:r w:rsidRPr="00B6449C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>saskaņoti ar:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FFED7AC" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRPr="00B6449C" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
+    <w:p w14:paraId="6FFED7AC" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRPr="00F247C7" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:ind w:right="76"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>iestādes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vai</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>struktūrvienības</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vadītāju</w:t>
       </w:r>
-      <w:r w:rsidR="0015656A">
+      <w:r w:rsidR="0015656A" w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vai atbildīgo darbinieku atbilstoši kompetencei</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EA4D5ED" w14:textId="77777777" w:rsidR="00C75E74" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
+    <w:p w14:paraId="1EA4D5ED" w14:textId="66462ADF" w:rsidR="00C75E74" w:rsidRPr="00F247C7" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:ind w:right="76"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B6449C">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Centrālās pārvaldes </w:t>
+      </w:r>
+      <w:r w:rsidR="00237758" w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="24"/>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00B6449C">
+        </w:rPr>
+        <w:t>attiecīgās nozares juriskonsultu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(tiesiskuma</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pārbaudei);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34AFA310" w14:textId="77777777" w:rsidR="00C75E74" w:rsidRPr="00B6449C" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
+    <w:p w14:paraId="34AFA310" w14:textId="1ECCE657" w:rsidR="00C75E74" w:rsidRPr="00F247C7" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:ind w:right="76"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B6449C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Centrālās pārvaldes </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36B39" w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finanšu un grāmatvedības </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nodaļu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>saistīts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>finanšu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>līdzekļu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>izlietojumu);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="510F7EF8" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
+    <w:p w14:paraId="510F7EF8" w14:textId="464877D5" w:rsidR="00E947B0" w:rsidRPr="00F247C7" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:ind w:right="76"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B6449C">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Centrālās pārvaldes </w:t>
+      </w:r>
+      <w:r w:rsidR="00A84E2C" w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Attīstības plānošanas un investīciju nodaļu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>saistīts</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD71BF" w:rsidRPr="00B6449C">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>attīstības</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>plānošanu);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A86C7FC" w14:textId="77777777" w:rsidR="00B95C79" w:rsidRPr="00C75E74" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
+    <w:p w14:paraId="5A86C7FC" w14:textId="77777777" w:rsidR="00B95C79" w:rsidRPr="00F247C7" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1234"/>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:ind w:right="76"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pašvaldības izpilddirektoru;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FB2EADB" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRPr="00B6449C" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
+    <w:p w14:paraId="7FB2EADB" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRPr="00F247C7" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:spacing w:before="66"/>
         <w:ind w:right="76"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>par lēmuma izpildi un izpildes kontroli atbildīgās institūcijas vadītāju vai lēmumā</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>noteikto</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>darbinieku vai amatpersonu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DE8CB5F" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRPr="00B6449C" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
+    <w:p w14:paraId="0B9AFC5D" w14:textId="4A7D3E16" w:rsidR="00916F6E" w:rsidRPr="00F247C7" w:rsidRDefault="00916F6E" w:rsidP="00916F6E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1235"/>
+        </w:tabs>
+        <w:spacing w:before="66"/>
+        <w:ind w:left="528" w:right="76"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>98.6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="0053164D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attiecīgās komitejas, kurā paredzēts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izskatīt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F247C7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmuma projektu, priekšsēdētāju;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DE8CB5F" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRPr="00F247C7" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:ind w:right="76"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>citām</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>amatpersonām</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(ja noteikts</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tiesību</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>aktos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vai</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>objektīvi</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B6449C">
+      <w:r w:rsidRPr="00F247C7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nepieciešams).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23CEEC2F" w14:textId="1C1FFBE7" w:rsidR="00F247C7" w:rsidRPr="00F247C7" w:rsidRDefault="00F247C7" w:rsidP="00F247C7">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1235"/>
+        </w:tabs>
+        <w:ind w:left="528" w:right="76"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4D7E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grozīts ar Balvu novada domes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>25.09.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.§))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36CEC012" w14:textId="77777777" w:rsidR="006D3EA5" w:rsidRPr="00A57ABE" w:rsidRDefault="004E7A86" w:rsidP="006D3EA5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:spacing w:before="121"/>
         <w:ind w:right="107"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A57ABE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ja lēmuma projektu kāds no saskaņotājiem DVS ir noraidījis vai norādījis uz nepieciešamajiem labojumiem vai papildinājumiem, tad lēmuma projekta sagatavotājs pēc uzdevuma saņemšanas par labojumiem vai papildinājumiem veic minētās izmaiņas lēmuma projektā un virza to atkārtoti saskaņošanai. Ja nesaskaņoto dokumenta projektu komitejas priekšsēdētājs vai domes sēdes vadītājs virza izskatīšanai, tad darbinieks vai amatpersona, kura</w:t>
@@ -27428,50 +27598,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gaitā.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34AB5419" w14:textId="77777777" w:rsidR="00382DF9" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:ind w:right="111"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D70CAB">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Domes</w:t>
       </w:r>
       <w:r w:rsidRPr="00D70CAB">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D70CAB">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">priekšsēdētājs, papildus </w:t>
       </w:r>
       <w:r w:rsidR="00D14EAE">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="004E2140">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -27658,278 +27829,283 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Ja komiteja pieņem lēmumu par lēmuma projekta grozīšanu vai papildināšanu, tad par korekciju/labojumu veikšanu lēmuma projektā ir atbildīgs lēmuma projekta sagatavotājs, ja vien komiteja</w:t>
       </w:r>
       <w:r w:rsidRPr="0061374E">
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0061374E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nav noteikusi citu atbildīgo personu.</w:t>
       </w:r>
       <w:r w:rsidR="00423E97" w:rsidRPr="0061374E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D8C662" w14:textId="77777777" w:rsidR="003915C8" w:rsidRPr="003915C8" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
+    <w:p w14:paraId="04D8C662" w14:textId="77777777" w:rsidR="003915C8" w:rsidRPr="00435CE6" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1104"/>
           <w:tab w:val="left" w:pos="1108"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="527" w:right="179" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003915C8">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Domes priekšsēdētājs izskata </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="003915C8">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">omes sēdei izskatīšanai iesniegtos lēmumu projektus un lemj par to iekļaušanu </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00390CBD">
+        <w:t xml:space="preserve">omes sēdei izskatīšanai iesniegtos lēmumu projektus un </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lemj par to iekļaušanu </w:t>
+      </w:r>
+      <w:r w:rsidR="00390CBD" w:rsidRPr="00435CE6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="003915C8">
+      <w:r w:rsidRPr="00435CE6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>omes kārtējās sēdes darba kārtībā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B3F57E6" w14:textId="77777777" w:rsidR="008E6E8E" w:rsidRPr="006D3EA5" w:rsidRDefault="004E7A86" w:rsidP="006D3EA5">
+    <w:p w14:paraId="0B3F57E6" w14:textId="1075F6D4" w:rsidR="008E6E8E" w:rsidRPr="00435CE6" w:rsidRDefault="004E7A86" w:rsidP="00435CE6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1104"/>
           <w:tab w:val="left" w:pos="1108"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
-[...11 lines deleted...]
-      <w:r w:rsidR="00390CBD">
+        <w:spacing w:before="0"/>
+        <w:ind w:left="527" w:right="181" w:hanging="425"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Ja lēmuma projekts nav</w:t>
+      </w:r>
+      <w:r w:rsidR="008B2F94" w:rsidRPr="00435CE6">
+        <w:t xml:space="preserve"> izstrādāts un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saskaņots reglamentā noteiktā kārtībā un termiņā, komitejas vai </w:t>
+      </w:r>
+      <w:r w:rsidR="00390CBD" w:rsidRPr="00435CE6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="003915C8">
+      <w:r w:rsidRPr="00435CE6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>omes priekšsēdētājs var neiekļaut to sēdes darba kārtībā.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="181BD22C" w14:textId="77777777" w:rsidR="00E24D7B" w:rsidRPr="00BA2F37" w:rsidRDefault="004E7A86" w:rsidP="00BA2F37">
+    <w:p w14:paraId="2C2AC6AF" w14:textId="0014F2E2" w:rsidR="00435CE6" w:rsidRPr="00435CE6" w:rsidRDefault="00435CE6" w:rsidP="00435CE6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1104"/>
+          <w:tab w:val="left" w:pos="1108"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="527" w:right="181" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CE6">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>(Grozīts ar Balvu novada domes 25.09.2025. lēmumu (protokols Nr.22, 50.§))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="181BD22C" w14:textId="17DBB88F" w:rsidR="00E24D7B" w:rsidRPr="00435CE6" w:rsidRDefault="004E7A86" w:rsidP="00BA2F37">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:ind w:right="110"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA2F37">
+      <w:r w:rsidRPr="00435CE6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Domes</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA2F37">
+      <w:r w:rsidRPr="00435CE6">
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA2F37">
+      <w:r w:rsidRPr="00435CE6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>lēmumu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA2F37">
+      <w:r w:rsidRPr="00435CE6">
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA2F37">
+      <w:r w:rsidRPr="00435CE6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>projektu</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA2F37">
+      <w:r w:rsidRPr="00435CE6">
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA2F37">
+      <w:r w:rsidRPr="00435CE6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>reģistrēšan</w:t>
       </w:r>
-      <w:r w:rsidR="00BA2F37" w:rsidRPr="00BA2F37">
-[...12 lines deleted...]
-      <w:r w:rsidR="00BA2F37" w:rsidRPr="00BA2F37">
+      <w:r w:rsidR="00BA2F37" w:rsidRPr="00435CE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u veic </w:t>
+      </w:r>
+      <w:r w:rsidR="00800165" w:rsidRPr="00435CE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Administratīvās </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA2F37" w:rsidRPr="00435CE6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nodaļas atbildīgie darbinieki </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA2F37">
+      <w:r w:rsidRPr="00435CE6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DVS</w:t>
       </w:r>
-      <w:r w:rsidR="0084050E">
-[...53 lines deleted...]
-      <w:r w:rsidRPr="00BA2F37">
+      <w:r w:rsidR="0084050E" w:rsidRPr="00435CE6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> iekšējā normatīvā akta dokumentu un arhīva pārvaldības jomā noteiktajā kārtībā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00435CE6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4723A701" w14:textId="3DCAB804" w:rsidR="00435CE6" w:rsidRPr="00435CE6" w:rsidRDefault="00435CE6" w:rsidP="00D16E56">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="530"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="527" w:right="108" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00435CE6">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>(Grozīts ar Balvu novada domes 25.09.2025. lēmumu (protokols Nr.22, 50.§))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E5A9DA0" w14:textId="77777777" w:rsidR="00BA2F37" w:rsidRPr="00485754" w:rsidRDefault="00BA2F37" w:rsidP="00485754">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:ind w:left="101" w:right="110"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="755DF371" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="004E7A86">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1118"/>
         </w:tabs>
         <w:ind w:left="1117" w:hanging="388"/>
@@ -27980,1736 +28156,2291 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>un</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>tehniskā</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>apkalpošana</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30511AAE" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="004E7A86" w:rsidP="002449C7">
-[...1269 lines deleted...]
-    <w:p w14:paraId="685C226A" w14:textId="39D78716" w:rsidR="003131C9" w:rsidRPr="003F0493" w:rsidRDefault="003131C9" w:rsidP="003131C9">
+    <w:p w14:paraId="51761B4C" w14:textId="409FDF82" w:rsidR="003131C9" w:rsidRPr="00B45037" w:rsidRDefault="00B45037" w:rsidP="00B45037">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
         <w:ind w:right="117"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003F0493">
+      <w:r w:rsidRPr="00B45037">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45037">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>(svītrots ar Balvu novada domes 25.09.2025. lēmumu (protokols Nr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45037">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45037">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>22, 50.§))</w:t>
+      </w:r>
+      <w:r w:rsidR="004E7A86" w:rsidRPr="00B45037">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="038CEA28" w14:textId="77777777" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="003131C9" w:rsidP="0056749D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="115"/>
+        <w:ind w:left="567" w:right="107" w:hanging="567"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
         <w:rPr>
           <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
           <w:kern w:val="24"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Komunikācijas un informācijas tehnoloģiju nodaļa, papildu pašvaldības nolikumā noteiktajam:</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Administratīvā nodaļa,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>papildus</w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pašvaldības</w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nolikumā</w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>noteiktajam,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nodrošina</w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> domes </w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>komiteju</w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                    </w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>domes</w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sēžu sagatavošanas</w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>un norises</w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A259E0" w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tehnisko apkalpošanu, t.sk.:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A13452" w14:textId="77777777" w:rsidR="003131C9" w:rsidRPr="003F0493" w:rsidRDefault="003131C9" w:rsidP="003131C9">
-[...30 lines deleted...]
-        <w:t>reglamentā noteiktajā kārtībā izliek apmeklētājiem pieejamā vietā un publicē pašvaldības oficiālajā tīmekļvietnē www.balvi.lv paziņojumu par sēdes darba kārtību, norises laiku un vietu;</w:t>
+    <w:p w14:paraId="4FFFC3D1" w14:textId="77777777" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:before="115"/>
+        <w:ind w:left="1276" w:right="107" w:hanging="711"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tehniski sagatavo dokumentus jautājumu izskatīšanai sēdēs. Protokolētāji sagatavo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sēžu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kārtību,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iekļaujot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tikai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>saskaņotus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lēmumu projektus;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1060F247" w14:textId="77777777" w:rsidR="003131C9" w:rsidRPr="003F0493" w:rsidRDefault="003131C9" w:rsidP="003131C9">
-[...30 lines deleted...]
-        <w:t>nodrošina sēžu zāles aprīkojuma un aparatūras darbību un uzturēšanu darba kārtībā;</w:t>
+    <w:p w14:paraId="2208071D" w14:textId="77777777" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:before="115"/>
+        <w:ind w:left="1276" w:right="107" w:hanging="711"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>paziņo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>deputātiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>par</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>komiteju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>domes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sēdēm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>šajā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reglamentā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>noteiktajā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-14"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kārtībā;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="723B4204" w14:textId="77777777" w:rsidR="003131C9" w:rsidRPr="003F0493" w:rsidRDefault="003131C9" w:rsidP="003131C9">
-[...30 lines deleted...]
-        <w:t>nodrošina tiešsaistes videokonferences sarunu rīku izmantošanu sēžu darba nodrošināšanai;</w:t>
+    <w:p w14:paraId="2905A360" w14:textId="77777777" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="530"/>
+        </w:tabs>
+        <w:spacing w:before="115"/>
+        <w:ind w:left="1276" w:right="107" w:hanging="711"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nodrošina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>deputātiem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>DVS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elektronisku</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pieeju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sēžu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kārtībai,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lēmumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>projektiem,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izziņas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>materiāliem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>deputātu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priekšlikumiem;veic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>protokolēšanu;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66608471" w14:textId="77777777" w:rsidR="003131C9" w:rsidRPr="003F0493" w:rsidRDefault="003131C9" w:rsidP="003131C9">
-[...30 lines deleted...]
-        <w:t>veic domes sēžu audiovizuālos ierakstus (atsevišķi par sēdes atklāto daļu un slēgto daļu), izvieto ierakstus informācijas nesējos un nodod Kancelejas un personāla nodaļai glabāšanai normatīvajos aktos noteiktā kārtībā;</w:t>
+    <w:p w14:paraId="58596A6C" w14:textId="77777777" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="530"/>
+        </w:tabs>
+        <w:spacing w:before="115"/>
+        <w:ind w:left="1276" w:right="107" w:hanging="711"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kārto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sēžu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lietvedību,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dokumentu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uzskaiti</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nodrošina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sagatavošanu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>normatīvajos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>aktos noteiktajā kārtībā;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC5DFF5" w14:textId="77777777" w:rsidR="003131C9" w:rsidRPr="003F0493" w:rsidRDefault="003131C9" w:rsidP="003131C9">
-[...30 lines deleted...]
-        <w:t>veic komitejas sēžu audioierakstus, izvieto ierakstus informācijas nesējos un nodod Kancelejas un personāla nodaļai glabāšanai normatīvajos aktos noteiktā kārtībā;</w:t>
+    <w:p w14:paraId="7954952F" w14:textId="77777777" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="530"/>
+        </w:tabs>
+        <w:spacing w:before="115"/>
+        <w:ind w:left="1276" w:right="107" w:hanging="711"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sagatavo,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>izsniedz un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nosūta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>domes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lēmumu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>protokolu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atvasinājumus;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052D8BFB" w14:textId="77777777" w:rsidR="003131C9" w:rsidRPr="003F0493" w:rsidRDefault="003131C9" w:rsidP="003131C9">
-[...135 lines deleted...]
-    <w:p w14:paraId="33D6B9E9" w14:textId="200D944D" w:rsidR="00E947B0" w:rsidRPr="003F0493" w:rsidRDefault="003131C9" w:rsidP="003131C9">
+    <w:p w14:paraId="3CEC381E" w14:textId="77777777" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
-        <w:spacing w:before="0"/>
-[...28 lines deleted...]
-        <w:t>publicē informāciju par komisiju vai padomju sēžu norises laiku un darba kārtību, šo institūciju sēžu protokolus pašvaldības oficiālajā tīmekļvietnē www.balvi.lv Pašvaldību likumā noteiktā  kārtībā.</w:t>
+        <w:spacing w:before="66"/>
+        <w:ind w:left="1276" w:right="115" w:hanging="711"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nodod lēmumu projektus un citus dokumentus domes priekšsēdētājam iekļaušanai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sēdes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darba</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kārtībā;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3683E4E9" w14:textId="1A8973DF" w:rsidR="00B66E1D" w:rsidRPr="003F0493" w:rsidRDefault="00B66E1D" w:rsidP="00B66E1D">
-      <w:pPr>
+    <w:p w14:paraId="4D319D1B" w14:textId="77777777" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1235"/>
         </w:tabs>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003F0493">
+        <w:spacing w:before="66"/>
+        <w:ind w:left="1276" w:right="115" w:hanging="711"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pašvaldības nolikumā noteiktajā kārtībā nodrošina domes sēdes lēmumprojektu publisko pieejamību; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0364F638" w14:textId="77777777" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1235"/>
+        </w:tabs>
+        <w:ind w:left="1276" w:right="117" w:hanging="711"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>reģistrē</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>personas,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kuras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uzaicinātas,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vai</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vēlas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>piedalīties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>komiteju</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>domes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sēdēs;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53467AEA" w14:textId="77777777" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:ind w:left="1276" w:hanging="711"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>reglamentā noteiktajā kārtībā izliek apmeklētājiem pieejamā vietā un publicē pašvaldības oficiālajā tīmekļvietnē www.balvi.lv paziņojumu par sēdes darba kārtību, norises laiku un vietu;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E6422A" w14:textId="60D9CE60" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="853"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>nodrošina sēžu zāles aprīkojuma un aparatūras darbību un uzturēšanu darba kārtībā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09853953" w14:textId="1ECF308A" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="853"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>nodrošina tiešsaistes videokonferences sarunu rīku izmantošanu sēžu darba nodrošināšanai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56F4E67D" w14:textId="0D85D4AF" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="853"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>veic domes sēžu audiovizuālos ierakstus (atsevišķi par sēdes atklāto daļu un slēgto daļu), izvieto ierakstus informācijas nesējos un nodod Administratīvajai nodaļai glabāšanai normatīvajos aktos noteiktā kārtībā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3B323D" w14:textId="623CFA0A" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="853"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>veic komitejas sēžu audioierakstus vai audiovizuālos ierakstus, izvieto ierakstus informācijas nesējos un nodod Administratīvajai nodaļai glabāšanai normatīvajos aktos noteiktā kārtībā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5603060E" w14:textId="77777777" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="853"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>veic domes sēžu audiovizuālo ierakstu apstrādi un ievieto tos pašvaldības oficiālajā tīmekļvietnē;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D0C3442" w14:textId="77777777" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="853"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>atbilstoši sēdes vadītāja norādījumam, nodrošina reglamenta 18.punkta noteikuma izpildi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="683D9467" w14:textId="77777777" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="853"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>triju darbdienu laikā pēc domes sēdes protokola parakstīšanas publicē pašvaldības oficiālajā tīmekļvietnē www.balvi.lv domes lēmumus, kā arī komiteju un domes sēžu protokolus. Dokumentus ievieto mašīnlasāmā formātā, t.i., pakļautus apstrādei un rediģēšanai;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D7317C0" w14:textId="37B97567" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="853"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>piecu darbdienu laikā pēc sēdes ievieto pašvaldības oficiālajā tīmekļvietnē domes sēžu audiovizuālos ierakstus un komiteju audioierakstus vai audiovizuālos ierakstus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6362DC8A" w14:textId="77777777" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:ind w:left="1418" w:hanging="853"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>publicē informāciju par komisiju vai padomju sēžu norises laiku un darba kārtību, šo institūciju sēžu protokolus pašvaldības oficiālajā tīmekļvietnē www.balvi.lv Pašvaldību likumā noteiktā  kārtībā;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F21C88" w14:textId="62B39863" w:rsidR="00A259E0" w:rsidRPr="00C035C9" w:rsidRDefault="00A259E0" w:rsidP="0056749D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1235"/>
+        </w:tabs>
+        <w:ind w:left="1418" w:right="117" w:hanging="853"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>105.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veic citus komiteju priekšsēdētāju un domes priekšsēdētāja uzdotus uzdevumus</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iepriekš</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>minētajos jautājumos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F922B4E" w14:textId="05943B9C" w:rsidR="00C035C9" w:rsidRPr="00C035C9" w:rsidRDefault="00C035C9" w:rsidP="0056749D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1235"/>
+        </w:tabs>
+        <w:ind w:left="1418" w:right="117" w:hanging="853"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C035C9">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>(Grozīts ar Balvu novada domes 25.09.2025. lēmumu (protokols Nr.22, 50.§))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D6B9E9" w14:textId="6E7D916B" w:rsidR="00E947B0" w:rsidRPr="008420EC" w:rsidRDefault="008420EC" w:rsidP="008420EC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1235"/>
+        </w:tabs>
+        <w:ind w:right="117"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008420EC">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>(svītrots ar Balvu novada domes 25.09.2025. lēmumu (protokols Nr.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051246A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008420EC">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>22, 50.§))</w:t>
+      </w:r>
+      <w:r w:rsidR="003131C9" w:rsidRPr="008420EC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3683E4E9" w14:textId="6021429F" w:rsidR="00B66E1D" w:rsidRPr="003F0493" w:rsidRDefault="007F2E69" w:rsidP="007F2E69">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1235"/>
+        </w:tabs>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00B66E1D" w:rsidRPr="003F0493">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>(Grozīts ar Balvu novada domes 25.07.2024. lēmumu (protokols Nr.12, 41.§))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FA6DC56" w14:textId="2B888691" w:rsidR="00E947B0" w:rsidRDefault="00D133F8" w:rsidP="002449C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Hlk114657809"/>
-      <w:bookmarkStart w:id="9" w:name="_Hlk119939320"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk114657809"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk119939320"/>
       <w:r w:rsidR="00DE1689" w:rsidRPr="003A4D7E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">(svītrots ar Balvu novada domes </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="00DE1689">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>25.07.2024.</w:t>
       </w:r>
       <w:r w:rsidR="00DE1689" w:rsidRPr="00277300">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
       </w:r>
       <w:r w:rsidR="00DE1689">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.12</w:t>
       </w:r>
       <w:r w:rsidR="00DE1689" w:rsidRPr="00277300">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00DE1689">
@@ -30034,51 +30765,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>domes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>priekšsēdētājs,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -30330,146 +31060,203 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120"/>
         <w:ind w:left="527" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4529">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Dome izdod iestāžu un domes izveidoto institūciju (komisijas, darba grupas) nolikumus, domes izsludināto konkursu, kuros paredzēts pašvaldības finansējums, nolikumus, pasākumu, kuros paredzēta dalības maksa, nolikumus, kā arī iekšējos normatīvos aktus ārējos normatīvajos aktos noteiktajos gadījumos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D9B99BA" w14:textId="77777777" w:rsidR="00371A5E" w:rsidRPr="002D4529" w:rsidRDefault="004E7A86" w:rsidP="00371A5E">
+    <w:p w14:paraId="7D9B99BA" w14:textId="63295A91" w:rsidR="00371A5E" w:rsidRDefault="004E7A86" w:rsidP="00F31090">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="527" w:hanging="425"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Hlk158739268"/>
+      <w:r w:rsidRPr="002D4529">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pašvaldības izpilddirektors izdod iekšējos normatīvos aktus pašvaldības kompetences ietvaros, kas attiecas uz pašvaldības administrāciju vai kādas jomas iestādēm. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2360D2CE" w14:textId="5483F6E9" w:rsidR="00F31090" w:rsidRPr="002D4529" w:rsidRDefault="00F31090" w:rsidP="00F31090">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="527" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4D7E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grozīts ar Balvu novada domes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>25.09.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.§))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55657AC4" w14:textId="77777777" w:rsidR="00F841E7" w:rsidRPr="002D4529" w:rsidRDefault="004E7A86" w:rsidP="00F841E7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120"/>
         <w:ind w:left="527" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Hlk158739268"/>
       <w:r w:rsidRPr="002D4529">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pašvaldības izpilddirektors izdod iekšējos normatīvos aktus pašvaldības kompetences ietvaros, kas attiecas uz pašvaldības administrāciju vai kādas jomas iestādēm, vai  kā Centrālās administrācijas vadītājs. </w:t>
-      </w:r>
+        <w:t>Pašvaldības iestādes vadītājs izdod iestādes struktūrvienību nolikumu</w:t>
+      </w:r>
+      <w:r w:rsidR="00842AAC" w:rsidRPr="002D4529">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4529">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, iekšējos noteikumus, kas attiecas uz pārvaldes lēmuma pieņemšanas procedūru, pārvaldes amatpersonu un citu darbinieku pienākumu pildīšanu, uzvedības noteikumiem, kā arī citiem jautājumiem, kas attiecas uz iestādes darbību, ieteikumus, nosakot vienveidīgu rīcību vienādos gadījumos. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
     </w:p>
-    <w:p w14:paraId="55657AC4" w14:textId="77777777" w:rsidR="00F841E7" w:rsidRPr="002D4529" w:rsidRDefault="004E7A86" w:rsidP="00F841E7">
+    <w:p w14:paraId="31239755" w14:textId="77777777" w:rsidR="00F841E7" w:rsidRPr="002D4529" w:rsidRDefault="004E7A86" w:rsidP="00563EF1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120"/>
         <w:ind w:left="527" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4529">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Pašvaldības iestādes vadītājs izdod iestādes struktūrvienību nolikumu</w:t>
-[...42 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Ja iekšējo normatīvo aktu izdod </w:t>
       </w:r>
       <w:r w:rsidR="00007A40">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="002D4529">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t xml:space="preserve">ome vai pašvaldības izpilddirektors, iekšējā normatīvā akta (nolikuma, reglamenta, instrukcijas, iekšējo noteikumu, ieteikumu) projektu sagatavo Centrālās </w:t>
       </w:r>
       <w:r w:rsidR="006E45B8" w:rsidRPr="002D4529">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>pārvaldes</w:t>
@@ -30501,51 +31288,60 @@
     </w:p>
     <w:p w14:paraId="3D716175" w14:textId="77777777" w:rsidR="00563EF1" w:rsidRPr="002D4529" w:rsidRDefault="004E7A86" w:rsidP="00563EF1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4529">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Iekšējā normatīvā akta projektā tiek iekļauti noslēguma jautājumi, norādot normatīvā akta spēkā stāšanās laiku, ja nepieciešams, un/vai nepieciešamo regulējumu pārejai no pašreizējām tiesību normām uz jaunajām tiesību normām, kā arī norāda, kuri normatīvie dokumenti iekšējā normatīvā akta spēkā stāšanās brīdī zaudē spēku.</w:t>
+        <w:t xml:space="preserve">Iekšējā normatīvā akta projektā tiek iekļauti noslēguma jautājumi, norādot normatīvā akta spēkā stāšanās laiku, ja nepieciešams, un/vai nepieciešamo regulējumu pārejai no </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D4529">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>pašreizējām tiesību normām uz jaunajām tiesību normām, kā arī norāda, kuri normatīvie dokumenti iekšējā normatīvā akta spēkā stāšanās brīdī zaudē spēku.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41B4AD94" w14:textId="77777777" w:rsidR="00563EF1" w:rsidRPr="002D4529" w:rsidRDefault="004E7A86" w:rsidP="00563EF1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4529">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
@@ -30574,111 +31370,230 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D4529">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Iekšējie normatīvie akti stājas spēkā nākamajā dienā pēc parakstīšanas, ja iekšējā normatīvajā aktā nav noteikts cits spēkā stāšanās laiks.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39343832" w14:textId="77777777" w:rsidR="00563EF1" w:rsidRPr="002D4529" w:rsidRDefault="004E7A86" w:rsidP="00563EF1">
+    <w:p w14:paraId="7437D3A5" w14:textId="77777777" w:rsidR="00C732C6" w:rsidRPr="00C732C6" w:rsidRDefault="004E7A86" w:rsidP="00C732C6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
-        <w:spacing w:after="120"/>
-        <w:ind w:right="-1"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="527" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4529">
+      <w:r w:rsidRPr="00C732C6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Domes un pašvaldības izpilddirektora izdotos iekšējos normatīvos aktus reģistrē Kancelejas un personāla nodaļa un nogādā dokumentu adresātiem saskaņā ar nosūtīšanas sarakstu. </w:t>
+        <w:t xml:space="preserve">Domes un pašvaldības izpilddirektora izdotos iekšējos normatīvos aktus reģistrē </w:t>
+      </w:r>
+      <w:r w:rsidR="006362D2" w:rsidRPr="00C732C6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Administratīvā</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C732C6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nodaļa un nogādā dokumentu adresātiem saskaņā ar nosūtīšanas sarakstu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="235C9ED9" w14:textId="77777777" w:rsidR="00563EF1" w:rsidRPr="002D4529" w:rsidRDefault="004E7A86" w:rsidP="00563EF1">
+    <w:p w14:paraId="39343832" w14:textId="7F1E31C6" w:rsidR="00563EF1" w:rsidRPr="00C732C6" w:rsidRDefault="00C732C6" w:rsidP="00C732C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:ind w:left="527" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C732C6">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>(Grozīts ar Balvu novada domes 25.09.2025. lēmumu (protokols Nr.22, 50.§))</w:t>
+      </w:r>
+      <w:r w:rsidR="004E7A86" w:rsidRPr="00C732C6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="235C9ED9" w14:textId="4E899BAB" w:rsidR="00563EF1" w:rsidRPr="00C732C6" w:rsidRDefault="004E7A86" w:rsidP="00563EF1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="0"/>
         <w:ind w:right="-1"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002D4529">
+      <w:r w:rsidRPr="00C732C6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t>Domes un pašvaldības izpilddirektora izdoto iekšējo normatīvo aktu konsolidēšanu nodrošina Centrālās pārvaldes Juridiskā nodaļa.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005A536B" w:rsidRPr="002D4529">
+        <w:t xml:space="preserve">Domes un pašvaldības izpilddirektora izdoto iekšējo normatīvo aktu konsolidēšanu nodrošina Centrālās pārvaldes </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF13BB" w:rsidRPr="00C732C6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
+        <w:t>Administratīvā nodaļa</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C732C6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005A536B" w:rsidRPr="00C732C6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Pašvaldības iestāžu vadītāju izdotos iekšējos normatīvos aktus konsolidē attiecīgās iestādes atbildīgie darbinieki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B55E32B" w14:textId="58F8D1D2" w:rsidR="00C732C6" w:rsidRPr="002D4529" w:rsidRDefault="00C732C6" w:rsidP="00C732C6">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0"/>
+        <w:ind w:right="-1" w:firstLine="0"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4D7E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grozīts ar Balvu novada domes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>25.09.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.§))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3346A5A7" w14:textId="77777777" w:rsidR="00F841E7" w:rsidRPr="00733C45" w:rsidRDefault="00F841E7" w:rsidP="00733C45">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="530"/>
         </w:tabs>
         <w:spacing w:before="115"/>
         <w:ind w:right="108"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="384DC1B3" w14:textId="77777777" w:rsidR="00993DB9" w:rsidRDefault="004E7A86" w:rsidP="00521BCD">
       <w:pPr>
         <w:pStyle w:val="tv213"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="293" w:lineRule="atLeast"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="center"/>
@@ -30794,51 +31709,50 @@
     <w:p w14:paraId="499FC85B" w14:textId="77777777" w:rsidR="00867754" w:rsidRPr="00867754" w:rsidRDefault="004E7A86" w:rsidP="00AF574A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120"/>
         <w:ind w:left="527" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00867754">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Domes priekšsēdētājs, pamatojoties uz domes lēmumu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00023ABF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">pašvaldības </w:t>
       </w:r>
       <w:r w:rsidRPr="00867754">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>vārdā</w:t>
@@ -31081,119 +31995,133 @@
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120"/>
         <w:ind w:left="527" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF574A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:t>Privāto tiesību līgumus, kas saistīti ar pašvaldības iestādes darbības nodrošināšanu apstiprinātā budžeta ietvaros, sagatavo attiecīgā pašvaldības iestāde un slēdz iestādes vadītājs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="345A4480" w14:textId="77777777" w:rsidR="005F35AD" w:rsidRPr="00AF574A" w:rsidRDefault="004E7A86" w:rsidP="00AF574A">
+    <w:p w14:paraId="345A4480" w14:textId="7ACBF3B8" w:rsidR="005F35AD" w:rsidRPr="002A198E" w:rsidRDefault="00272851" w:rsidP="002A198E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="527" w:hanging="425"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A198E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t>Privāto tiesību līgumus sagatavo Centrālās pārvaldes struktūrvienības un pašvaldības iestādes atbilstoši kompetencei.</w:t>
+      </w:r>
+      <w:r w:rsidR="004E7A86" w:rsidRPr="002A198E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68FAF066" w14:textId="7DE555BD" w:rsidR="002A198E" w:rsidRPr="002A198E" w:rsidRDefault="002A198E" w:rsidP="002A198E">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:widowControl/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="527" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lv-LV"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A198E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>(Grozīts ar Balvu novada domes 25.09.2025. lēmumu (protokols Nr.22, 50.§))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0602A737" w14:textId="77777777" w:rsidR="005F35AD" w:rsidRPr="00AF574A" w:rsidRDefault="004E7A86" w:rsidP="00AF574A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="120"/>
         <w:ind w:left="527" w:hanging="425"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF574A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
-        <w:t xml:space="preserve">Privāto tiesību līgumus sagatavo Centrālās pārvaldes Juridiskā nodaļa, kā arī attiecīgās Centrālās pārvaldes struktūrvienības un </w:t>
-[...42 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Privāto tiesību līgumu sagatavošanas, saskaņošanas, parakstīšanas, reģistrēšanas un nosūtīšanas kārtību nosaka </w:t>
       </w:r>
       <w:r w:rsidR="00AF574A" w:rsidRPr="00EF74E2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pašvaldības izpilddirektora izdots iekšējais normatīvais akts dokumentu un arhīva pārvaldības jomā</w:t>
       </w:r>
       <w:r w:rsidR="00AF574A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ED58BC0" w14:textId="77777777" w:rsidR="000A5941" w:rsidRPr="002D4529" w:rsidRDefault="000A5941" w:rsidP="002D4529">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="669"/>
         </w:tabs>
         <w:spacing w:before="121"/>
         <w:ind w:right="115"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -31290,831 +32218,905 @@
       <w:r>
         <w:t>un dokumentu nodošanu jaunajam domes priekšsēdētājam</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4503881F" w14:textId="77777777" w:rsidR="00AD7407" w:rsidRPr="00AD7407" w:rsidRDefault="004E7A86" w:rsidP="00521BCD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="537"/>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:right="74"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD7407">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Domes priekšsēdētāja nomaiņas gadījumā 3 (triju) darba dienu laikā veic dokumentu esamības un fiziskā stāvokļa pārbaudi, ko fiksē pieņemšanas - nodošanas aktā, tāpat kā materiālās vērtības (mantu).</w:t>
+        <w:t xml:space="preserve">Domes priekšsēdētāja nomaiņas gadījumā 3 (triju) darba dienu laikā veic dokumentu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7407">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>esamības un fiziskā stāvokļa pārbaudi, ko fiksē pieņemšanas - nodošanas aktā, tāpat kā materiālās vērtības (mantu).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3389D4AB" w14:textId="77777777" w:rsidR="00AD7407" w:rsidRDefault="004E7A86" w:rsidP="00521BCD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="537"/>
           <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="540" w:right="74"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Domes priekšsēdētāja nomaiņas gadījumā dokumentu un materiālo vērtību (mantas) nodošanu jaun</w:t>
       </w:r>
       <w:r w:rsidR="00D91D60">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ievēlētajam</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D91D60">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>omes priekšsēdētājam organizē pašvaldības izpilddirektors.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49B081EE" w14:textId="77777777" w:rsidR="00AD7407" w:rsidRDefault="004E7A86" w:rsidP="00521BCD">
+    <w:p w14:paraId="49B081EE" w14:textId="22E4554C" w:rsidR="00AD7407" w:rsidRPr="00E31ECE" w:rsidRDefault="004E7A86" w:rsidP="00194E2B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="536"/>
+          <w:tab w:val="left" w:pos="539"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="539" w:right="74"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Pašvaldības izpilddirektors ar savu rīkojumu no Centrālās pārvaldes darbiniekiem</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="40"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">izveido komisiju vismaz 3 (triju) locekļu sastāvā, kas pārņem dokumentus un </w:t>
+      </w:r>
+      <w:r w:rsidR="00D91D60">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omes priekšsēdētājam lietošanā nodoto mantu, sastādot par to pieņemšanas - nodošanas aktu, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kuru paraksta amatu zaudējušais </w:t>
+      </w:r>
+      <w:r w:rsidR="00D91D60" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">omes priekšsēdētājs un komisijas locekļi. Komisijas sastāvā jābūt iekļautam Centrālās pārvaldes </w:t>
+      </w:r>
+      <w:r w:rsidR="00D91D60" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>atbildīgajam darbiniekam par arhīvu</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5941" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, par</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5941" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A5941" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>pašvaldības</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5941" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A5941" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>materiālo</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5941" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A5941" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>vērtību</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5941" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A5941" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>uzskaiti</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5941" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A5941" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>atbildīgajam</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5941" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36B39" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Finanšu un grāmatvedības nodaļas</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5941" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> darbiniekam</w:t>
+      </w:r>
+      <w:r w:rsidR="00D91D60" w:rsidRPr="00E31ECE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD272E2" w14:textId="178E0938" w:rsidR="00E31ECE" w:rsidRDefault="00E31ECE" w:rsidP="00194E2B">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="536"/>
+          <w:tab w:val="left" w:pos="539"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="539" w:right="74" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A4D7E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Grozīts ar Balvu novada domes </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>25.09.2025.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lēmumu (protokols Nr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277300">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>.§))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13757130" w14:textId="77777777" w:rsidR="00AD7407" w:rsidRDefault="004E7A86" w:rsidP="00521BCD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="537"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="537" w:right="74" w:hanging="425"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Komisijas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sastādītais</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>akts</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>iesniedzams</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>pašvaldības</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>izpilddirektoram.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B83FD3B" w14:textId="77777777" w:rsidR="00AD7407" w:rsidRDefault="004E7A86" w:rsidP="00521BCD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="537"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="537" w:right="74" w:hanging="425"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Pieņemot</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nododot</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dokumentus</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nepieciešams</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>pārbaudīt:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31967C27" w14:textId="77777777" w:rsidR="00AD7407" w:rsidRDefault="004E7A86" w:rsidP="00521BCD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1245"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1245" w:right="74" w:hanging="705"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>pašvaldības</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lietvedībā</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>atrodošos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lietu,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dokumentu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>esamību</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>fizisko</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>stāvokli;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7525B516" w14:textId="77777777" w:rsidR="00AD7407" w:rsidRDefault="004E7A86" w:rsidP="00521BCD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1245"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1245" w:right="74" w:hanging="705"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>pašvaldības</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>arhīva</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lietu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>lietu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>nomenklatūras</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>esamību;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A113CA" w14:textId="77777777" w:rsidR="00AD7407" w:rsidRDefault="004E7A86" w:rsidP="00521BCD">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1245"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1245" w:right="74" w:hanging="705"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>pašvaldības</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>zīmogu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>spiedogu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>esamību.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3880FD88" w14:textId="77777777" w:rsidR="00AD7407" w:rsidRDefault="004E7A86" w:rsidP="00521BCD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="536"/>
           <w:tab w:val="left" w:pos="539"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="539" w:right="74"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Pašvaldības izpilddirektors ar savu rīkojumu no Centrālās pārvaldes darbiniekiem</w:t>
-[...14 lines deleted...]
-      <w:r w:rsidR="00D91D60">
+        <w:t xml:space="preserve">Ja, pieņemot un nododot dokumentus, atklāj dokumentu iztrūkumu, par to izdara atzīmi pieņemšanas – nodošanas aktā. Par iztrūkumu informē </w:t>
+      </w:r>
+      <w:r w:rsidR="000A280B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">omes priekšsēdētājam lietošanā nodoto mantu, sastādot par to pieņemšanas - nodošanas aktu, kuru paraksta amatu zaudējušais </w:t>
-[...107 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>omes priekšsēdētāja vietnieku.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13757130" w14:textId="77777777" w:rsidR="00AD7407" w:rsidRDefault="004E7A86" w:rsidP="00521BCD">
+    <w:p w14:paraId="478B1961" w14:textId="77777777" w:rsidR="00AD7407" w:rsidRDefault="004E7A86" w:rsidP="00521BCD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="537"/>
+          <w:tab w:val="left" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="120"/>
-        <w:ind w:left="537" w:right="74" w:hanging="425"/>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:ind w:left="540" w:right="74"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pašvaldības izpilddirektoram ir pienākums nodrošināt pārņemto dokumentu un mantas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>izpilddirektoram.</w:t>
+        <w:t>glabāšanu.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B83FD3B" w14:textId="77777777" w:rsidR="00AD7407" w:rsidRDefault="004E7A86" w:rsidP="00521BCD">
-[...394 lines deleted...]
-    <w:p w14:paraId="3880FD88" w14:textId="77777777" w:rsidR="00AD7407" w:rsidRDefault="004E7A86" w:rsidP="00521BCD">
+    <w:p w14:paraId="3E598950" w14:textId="77777777" w:rsidR="00AD7407" w:rsidRDefault="004E7A86" w:rsidP="00521BCD">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="536"/>
           <w:tab w:val="left" w:pos="539"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="539" w:right="74"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ja, pieņemot un nododot dokumentus, atklāj dokumentu iztrūkumu, par to izdara atzīmi pieņemšanas – nodošanas aktā. Par iztrūkumu informē </w:t>
-[...66 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Jaun</w:t>
       </w:r>
       <w:r w:rsidR="00167058">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ievēlētajam d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">omes priekšsēdētājam dokumenti un manta tiek nodota 2 (divu) nedēļu laikā no jaunā </w:t>
       </w:r>
       <w:r w:rsidR="00167058">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>omes priekšsēdētāja ievēlēšanas brīža, sastādot par to nodošanas - pieņemšanas aktu.</w:t>
@@ -32490,58 +33492,58 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C527E74" w14:textId="77777777" w:rsidR="007F273D" w:rsidRPr="00FD173C" w:rsidRDefault="007F273D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="101" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007F273D" w:rsidRPr="00FD173C">
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1040" w:right="1020" w:bottom="1220" w:left="1600" w:header="0" w:footer="1027" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59230031" w14:textId="77777777" w:rsidR="00213026" w:rsidRDefault="00213026">
+    <w:p w14:paraId="2EF71CA0" w14:textId="77777777" w:rsidR="000456CE" w:rsidRDefault="000456CE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47752D22" w14:textId="77777777" w:rsidR="00213026" w:rsidRDefault="00213026">
+    <w:p w14:paraId="1E0C2CA7" w14:textId="77777777" w:rsidR="000456CE" w:rsidRDefault="000456CE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman Bold">
@@ -32667,123 +33669,112 @@
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1"/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="746C351F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:302.95pt;margin-top:778.5pt;width:18pt;height:15.3pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBfIQxFyQEAAHYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO1DAMfUfiH6K8M20HtFqq6axgV4uQ&#10;lou08AFuml5EGwc7M+3w9TiZy3J5Q7xEjp2cnHPsbG6WaVR7Szygq3SxyrWyzmAzuK7SX7/cv7jW&#10;igO4BkZ0ttIHy/pm+/zZZvalXWOPY2NJCYjjcvaV7kPwZZax6e0EvEJvnRRbpAmCbKnLGoJZ0Kcx&#10;W+f5VTYjNZ7QWGbJ3h2Lepvw29aa8Klt2QY1Vlq4hbRSWuu4ZtsNlB2B7wdzogH/wGKCwcmjF6g7&#10;CKB2NPwFNQ2GkLENK4NThm07GJs0iJoi/0PNYw/eJi1iDvuLTfz/YM3H/aP/TCosb3GRBiYR7B/Q&#10;fGPl8LYH19k3RDj3Fhp5uIiWZbPn8nQ1Ws0lR5B6/oCNNBl2ARPQ0tIUXRGdStClAYeL6XYJykhy&#10;vb6+yqVipFS8fvWySE3JoDxf9sThncVJxaDSJD1N4LB/4BDJQHk+Et9yeD+MY+rr6H5LyMGYSeQj&#10;3yPzsNSLnI4iamwOIoPwOCYy1hL0SD+0mmVEKs3fd0BWq/G9EyviPJ0DOgf1OQBn5Gqlg1bH8DYc&#10;527naeh6QX6yUpqbdJwGMU7Pr/vE+em7bH8CAAD//wMAUEsDBBQABgAIAAAAIQD8QmuB4QAAAA0B&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSP0Haytxo3YRSdsQp6oQnJAQaThwdGI3sRqv&#10;Q+y24e/ZnspxZ55mZ/Lt5Hp2NmOwHiUsFwKYwcZri62Er+rtYQ0sRIVa9R6NhF8TYFvM7nKVaX/B&#10;0pz3sWUUgiFTEroYh4zz0HTGqbDwg0HyDn50KtI5tlyP6kLhruePQqTcKYv0oVODeelMc9yfnITd&#10;N5av9uej/iwPpa2qjcD39Cjl/XzaPQOLZoo3GK71qToU1Kn2J9SB9RJSkWwIJSNJVrSKkPRpSVJ9&#10;ldarFHiR8/8rij8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXyEMRckBAAB2AwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/EJrgeEAAAANAQAA&#10;DwAAAAAAAAAAAAAAAAAjBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="63C09022" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="00000000">
+                  <w:p w14:paraId="63C09022" w14:textId="77777777" w:rsidR="00E947B0" w:rsidRDefault="004E7A86">
                     <w:pPr>
                       <w:pStyle w:val="BodyText"/>
                       <w:spacing w:before="10"/>
                       <w:ind w:left="60" w:firstLine="0"/>
                       <w:jc w:val="left"/>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:instrText xml:space="preserve"> PAGE </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>13</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
-  <w:p w14:paraId="33C1E333" w14:textId="77777777" w:rsidR="00AE7CDC" w:rsidRDefault="004E7A86">
-[...9 lines deleted...]
-  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="200794DA" w14:textId="77777777" w:rsidR="00AE7CDC" w:rsidRDefault="004E7A86">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:t>Šis dokuments ir parakstīts ar drošu elektronisko parakstu un satur laika zīmogu</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6521E5F6" w14:textId="77777777" w:rsidR="00213026" w:rsidRDefault="00213026">
+    <w:p w14:paraId="55297C22" w14:textId="77777777" w:rsidR="000456CE" w:rsidRDefault="000456CE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B7F6B6E" w14:textId="77777777" w:rsidR="00213026" w:rsidRDefault="00213026">
+    <w:p w14:paraId="1E8659C0" w14:textId="77777777" w:rsidR="000456CE" w:rsidRDefault="000456CE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="017938CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="58B47862"/>
     <w:lvl w:ilvl="0" w:tplc="C654FF52">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="529" w:hanging="428"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
@@ -35218,578 +36209,649 @@
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E947B0"/>
     <w:rsid w:val="00004274"/>
     <w:rsid w:val="00005064"/>
     <w:rsid w:val="00005AA1"/>
+    <w:rsid w:val="000075C2"/>
     <w:rsid w:val="00007A40"/>
     <w:rsid w:val="00014BD8"/>
+    <w:rsid w:val="00014D29"/>
     <w:rsid w:val="00023ABF"/>
+    <w:rsid w:val="00034D41"/>
     <w:rsid w:val="00041D8A"/>
+    <w:rsid w:val="000456CE"/>
     <w:rsid w:val="0005006B"/>
     <w:rsid w:val="00051C5E"/>
     <w:rsid w:val="0005329D"/>
     <w:rsid w:val="000547F8"/>
     <w:rsid w:val="000669BE"/>
     <w:rsid w:val="00067F1F"/>
     <w:rsid w:val="00071771"/>
+    <w:rsid w:val="00073DB1"/>
     <w:rsid w:val="00075AD6"/>
     <w:rsid w:val="000948DA"/>
     <w:rsid w:val="000965DF"/>
     <w:rsid w:val="000A2022"/>
     <w:rsid w:val="000A280B"/>
     <w:rsid w:val="000A4590"/>
     <w:rsid w:val="000A5941"/>
     <w:rsid w:val="000A71FD"/>
     <w:rsid w:val="000B066D"/>
     <w:rsid w:val="000B0F41"/>
     <w:rsid w:val="000C145E"/>
     <w:rsid w:val="000C1BC4"/>
     <w:rsid w:val="000D3403"/>
     <w:rsid w:val="000D41EB"/>
     <w:rsid w:val="000E2420"/>
     <w:rsid w:val="000E61F5"/>
+    <w:rsid w:val="000F4776"/>
     <w:rsid w:val="00102A9B"/>
     <w:rsid w:val="001041A6"/>
     <w:rsid w:val="0010442A"/>
     <w:rsid w:val="00106E88"/>
     <w:rsid w:val="0012377E"/>
     <w:rsid w:val="00126641"/>
     <w:rsid w:val="0013277E"/>
     <w:rsid w:val="001353B4"/>
     <w:rsid w:val="00135F6B"/>
     <w:rsid w:val="00145C46"/>
     <w:rsid w:val="00151761"/>
     <w:rsid w:val="00152FFB"/>
     <w:rsid w:val="001553B7"/>
     <w:rsid w:val="001559B4"/>
     <w:rsid w:val="00156123"/>
     <w:rsid w:val="0015630C"/>
     <w:rsid w:val="0015656A"/>
     <w:rsid w:val="00160D79"/>
     <w:rsid w:val="00163F11"/>
     <w:rsid w:val="00167058"/>
+    <w:rsid w:val="001743EE"/>
     <w:rsid w:val="00187FEB"/>
+    <w:rsid w:val="00191413"/>
+    <w:rsid w:val="00194E2B"/>
     <w:rsid w:val="001A1D55"/>
     <w:rsid w:val="001A6207"/>
     <w:rsid w:val="001B4114"/>
     <w:rsid w:val="001C09B3"/>
     <w:rsid w:val="001C0AF9"/>
+    <w:rsid w:val="001C7C35"/>
     <w:rsid w:val="001C7EC5"/>
     <w:rsid w:val="001E0440"/>
     <w:rsid w:val="001E0D41"/>
     <w:rsid w:val="001E4885"/>
     <w:rsid w:val="00203D22"/>
+    <w:rsid w:val="002056CF"/>
     <w:rsid w:val="00210307"/>
     <w:rsid w:val="002123AB"/>
     <w:rsid w:val="00213026"/>
     <w:rsid w:val="00216E69"/>
     <w:rsid w:val="00217D71"/>
     <w:rsid w:val="00232555"/>
     <w:rsid w:val="00232726"/>
     <w:rsid w:val="002331C6"/>
+    <w:rsid w:val="00233B06"/>
     <w:rsid w:val="002349D4"/>
+    <w:rsid w:val="00237758"/>
     <w:rsid w:val="002431A5"/>
     <w:rsid w:val="002449C7"/>
+    <w:rsid w:val="00247ACF"/>
     <w:rsid w:val="00256BBA"/>
     <w:rsid w:val="0025772C"/>
     <w:rsid w:val="00260EEC"/>
     <w:rsid w:val="00265642"/>
+    <w:rsid w:val="00272851"/>
     <w:rsid w:val="002A1552"/>
+    <w:rsid w:val="002A198E"/>
     <w:rsid w:val="002A5721"/>
     <w:rsid w:val="002B3338"/>
     <w:rsid w:val="002B6D4F"/>
+    <w:rsid w:val="002C1C57"/>
     <w:rsid w:val="002C284B"/>
     <w:rsid w:val="002D4529"/>
     <w:rsid w:val="002D65B4"/>
     <w:rsid w:val="002E05B2"/>
     <w:rsid w:val="002E3782"/>
     <w:rsid w:val="002E6419"/>
+    <w:rsid w:val="002F1A32"/>
     <w:rsid w:val="002F1CA9"/>
     <w:rsid w:val="002F29C4"/>
     <w:rsid w:val="002F608F"/>
     <w:rsid w:val="0030151E"/>
     <w:rsid w:val="0030171C"/>
     <w:rsid w:val="00301784"/>
     <w:rsid w:val="00312A63"/>
     <w:rsid w:val="003131C9"/>
+    <w:rsid w:val="00316D72"/>
     <w:rsid w:val="00323391"/>
     <w:rsid w:val="00325AE9"/>
     <w:rsid w:val="00325E5C"/>
     <w:rsid w:val="00330833"/>
     <w:rsid w:val="0034017A"/>
     <w:rsid w:val="00340F61"/>
     <w:rsid w:val="00344D3B"/>
     <w:rsid w:val="00346BCD"/>
     <w:rsid w:val="003502B2"/>
     <w:rsid w:val="00352EB7"/>
     <w:rsid w:val="003573B2"/>
+    <w:rsid w:val="00357589"/>
     <w:rsid w:val="00361FF3"/>
     <w:rsid w:val="00371951"/>
     <w:rsid w:val="00371A5E"/>
     <w:rsid w:val="00371C44"/>
     <w:rsid w:val="00380273"/>
     <w:rsid w:val="003822C4"/>
     <w:rsid w:val="00382DF9"/>
     <w:rsid w:val="00385029"/>
     <w:rsid w:val="003869F3"/>
     <w:rsid w:val="00390CBD"/>
     <w:rsid w:val="00390D2F"/>
     <w:rsid w:val="003915C8"/>
     <w:rsid w:val="003926AE"/>
     <w:rsid w:val="00394346"/>
+    <w:rsid w:val="003963D7"/>
     <w:rsid w:val="003A050D"/>
     <w:rsid w:val="003A62D2"/>
     <w:rsid w:val="003B5589"/>
+    <w:rsid w:val="003C17AD"/>
     <w:rsid w:val="003C4BDC"/>
     <w:rsid w:val="003C7A45"/>
     <w:rsid w:val="003D0A8C"/>
     <w:rsid w:val="003D180C"/>
     <w:rsid w:val="003D23BD"/>
     <w:rsid w:val="003E7ED9"/>
+    <w:rsid w:val="003F0432"/>
     <w:rsid w:val="003F0493"/>
     <w:rsid w:val="003F0C06"/>
     <w:rsid w:val="003F49F4"/>
     <w:rsid w:val="003F4B45"/>
     <w:rsid w:val="004018E0"/>
+    <w:rsid w:val="00401AFD"/>
     <w:rsid w:val="00403C0E"/>
     <w:rsid w:val="00403F92"/>
+    <w:rsid w:val="00406389"/>
     <w:rsid w:val="00411018"/>
     <w:rsid w:val="00414E29"/>
     <w:rsid w:val="0041689D"/>
     <w:rsid w:val="004236FF"/>
     <w:rsid w:val="00423E97"/>
     <w:rsid w:val="004275FA"/>
     <w:rsid w:val="0043261B"/>
+    <w:rsid w:val="00435CE6"/>
     <w:rsid w:val="00442235"/>
+    <w:rsid w:val="00442A2B"/>
+    <w:rsid w:val="0044408A"/>
     <w:rsid w:val="004462FC"/>
     <w:rsid w:val="00455ED1"/>
     <w:rsid w:val="00455F1C"/>
+    <w:rsid w:val="00455F27"/>
     <w:rsid w:val="00457D78"/>
     <w:rsid w:val="00467D77"/>
     <w:rsid w:val="00470FC8"/>
     <w:rsid w:val="00485754"/>
     <w:rsid w:val="00492ADE"/>
     <w:rsid w:val="00494775"/>
     <w:rsid w:val="004B24A9"/>
     <w:rsid w:val="004B283C"/>
     <w:rsid w:val="004B548D"/>
     <w:rsid w:val="004B6663"/>
     <w:rsid w:val="004C2EB7"/>
     <w:rsid w:val="004D4574"/>
     <w:rsid w:val="004E2140"/>
     <w:rsid w:val="004E56CC"/>
     <w:rsid w:val="004E570A"/>
     <w:rsid w:val="004E7421"/>
     <w:rsid w:val="004E7A86"/>
     <w:rsid w:val="004F06BD"/>
     <w:rsid w:val="004F28DA"/>
     <w:rsid w:val="004F52BA"/>
     <w:rsid w:val="005038C7"/>
     <w:rsid w:val="00513C56"/>
     <w:rsid w:val="005159B0"/>
     <w:rsid w:val="00521BCD"/>
+    <w:rsid w:val="005220BE"/>
     <w:rsid w:val="005277D0"/>
+    <w:rsid w:val="0053164D"/>
     <w:rsid w:val="00535D5C"/>
     <w:rsid w:val="00546CE6"/>
     <w:rsid w:val="00547D4D"/>
     <w:rsid w:val="00552207"/>
     <w:rsid w:val="00563EF1"/>
+    <w:rsid w:val="0056749D"/>
     <w:rsid w:val="00570C87"/>
     <w:rsid w:val="005805E2"/>
     <w:rsid w:val="005917EC"/>
     <w:rsid w:val="00594FD1"/>
     <w:rsid w:val="00595C40"/>
     <w:rsid w:val="005A536B"/>
+    <w:rsid w:val="005B3968"/>
     <w:rsid w:val="005B66E2"/>
     <w:rsid w:val="005C4061"/>
     <w:rsid w:val="005D370B"/>
     <w:rsid w:val="005D40EB"/>
     <w:rsid w:val="005E2B43"/>
     <w:rsid w:val="005E468A"/>
+    <w:rsid w:val="005F2136"/>
     <w:rsid w:val="005F35AD"/>
     <w:rsid w:val="005F4705"/>
     <w:rsid w:val="005F60B0"/>
     <w:rsid w:val="00600D1A"/>
     <w:rsid w:val="00605FA0"/>
     <w:rsid w:val="0061374E"/>
     <w:rsid w:val="006329C3"/>
     <w:rsid w:val="0063604F"/>
+    <w:rsid w:val="006362D2"/>
     <w:rsid w:val="00650654"/>
     <w:rsid w:val="00650B59"/>
     <w:rsid w:val="0065308A"/>
     <w:rsid w:val="00655829"/>
     <w:rsid w:val="00670818"/>
     <w:rsid w:val="00670A29"/>
     <w:rsid w:val="00674779"/>
     <w:rsid w:val="00684EFD"/>
     <w:rsid w:val="006938A1"/>
     <w:rsid w:val="00697B51"/>
     <w:rsid w:val="006A1041"/>
     <w:rsid w:val="006A307E"/>
     <w:rsid w:val="006B6614"/>
     <w:rsid w:val="006C27D5"/>
     <w:rsid w:val="006C42B9"/>
     <w:rsid w:val="006D3EA5"/>
     <w:rsid w:val="006D5432"/>
     <w:rsid w:val="006E02DB"/>
     <w:rsid w:val="006E2F02"/>
     <w:rsid w:val="006E3D2E"/>
     <w:rsid w:val="006E45B8"/>
     <w:rsid w:val="006E634A"/>
     <w:rsid w:val="006F3147"/>
     <w:rsid w:val="006F58B5"/>
     <w:rsid w:val="0070109D"/>
     <w:rsid w:val="00702643"/>
     <w:rsid w:val="00703FFE"/>
     <w:rsid w:val="00707F31"/>
     <w:rsid w:val="0071490D"/>
     <w:rsid w:val="00721467"/>
     <w:rsid w:val="00723732"/>
     <w:rsid w:val="00733C45"/>
+    <w:rsid w:val="00734F3B"/>
     <w:rsid w:val="00737B7E"/>
     <w:rsid w:val="00744246"/>
     <w:rsid w:val="007462A3"/>
     <w:rsid w:val="0074706E"/>
     <w:rsid w:val="007514E8"/>
     <w:rsid w:val="00760F31"/>
     <w:rsid w:val="0076337E"/>
     <w:rsid w:val="00773D7E"/>
     <w:rsid w:val="00781E32"/>
     <w:rsid w:val="00787FF7"/>
     <w:rsid w:val="00790F46"/>
     <w:rsid w:val="00793E45"/>
     <w:rsid w:val="0079476A"/>
     <w:rsid w:val="007A0AEC"/>
     <w:rsid w:val="007A7FBC"/>
     <w:rsid w:val="007B041A"/>
     <w:rsid w:val="007B51F1"/>
     <w:rsid w:val="007C655E"/>
     <w:rsid w:val="007C791B"/>
     <w:rsid w:val="007D2026"/>
     <w:rsid w:val="007D797B"/>
     <w:rsid w:val="007E41B9"/>
     <w:rsid w:val="007F273D"/>
+    <w:rsid w:val="007F2E69"/>
     <w:rsid w:val="007F5F58"/>
+    <w:rsid w:val="00800165"/>
     <w:rsid w:val="0080192C"/>
     <w:rsid w:val="00801CD7"/>
     <w:rsid w:val="0080252D"/>
     <w:rsid w:val="00813B49"/>
     <w:rsid w:val="008144D4"/>
     <w:rsid w:val="00816D16"/>
     <w:rsid w:val="00821C18"/>
     <w:rsid w:val="00826D2F"/>
     <w:rsid w:val="00831A65"/>
     <w:rsid w:val="008332F5"/>
     <w:rsid w:val="008355D8"/>
     <w:rsid w:val="0084050E"/>
+    <w:rsid w:val="008420EC"/>
     <w:rsid w:val="00842AAC"/>
     <w:rsid w:val="00844C51"/>
     <w:rsid w:val="008504AB"/>
     <w:rsid w:val="008504D0"/>
     <w:rsid w:val="0085080F"/>
     <w:rsid w:val="00854100"/>
     <w:rsid w:val="008604BE"/>
+    <w:rsid w:val="0086410C"/>
     <w:rsid w:val="00867754"/>
     <w:rsid w:val="00870E17"/>
     <w:rsid w:val="00883B33"/>
     <w:rsid w:val="00884848"/>
     <w:rsid w:val="00885D8B"/>
     <w:rsid w:val="008868E5"/>
     <w:rsid w:val="00886C27"/>
     <w:rsid w:val="00890620"/>
     <w:rsid w:val="00895E98"/>
     <w:rsid w:val="008A0226"/>
     <w:rsid w:val="008A24D5"/>
+    <w:rsid w:val="008B2F94"/>
     <w:rsid w:val="008D6291"/>
     <w:rsid w:val="008E2005"/>
     <w:rsid w:val="008E6E8E"/>
     <w:rsid w:val="008F1F66"/>
     <w:rsid w:val="008F3A4C"/>
     <w:rsid w:val="0090113F"/>
+    <w:rsid w:val="00916F6E"/>
     <w:rsid w:val="00920AFA"/>
     <w:rsid w:val="00920DAB"/>
     <w:rsid w:val="00926ED0"/>
     <w:rsid w:val="00930C40"/>
     <w:rsid w:val="00932185"/>
+    <w:rsid w:val="009420E3"/>
+    <w:rsid w:val="009446F2"/>
+    <w:rsid w:val="00956D85"/>
     <w:rsid w:val="00961280"/>
     <w:rsid w:val="00963E28"/>
     <w:rsid w:val="00976D6B"/>
     <w:rsid w:val="0097707A"/>
     <w:rsid w:val="00984A12"/>
     <w:rsid w:val="00993DB9"/>
     <w:rsid w:val="00996069"/>
     <w:rsid w:val="009A5218"/>
     <w:rsid w:val="009B1362"/>
     <w:rsid w:val="009C14CF"/>
     <w:rsid w:val="009C2247"/>
     <w:rsid w:val="009C522F"/>
     <w:rsid w:val="009C720B"/>
     <w:rsid w:val="009D5D15"/>
     <w:rsid w:val="009D61DD"/>
     <w:rsid w:val="009E123F"/>
     <w:rsid w:val="009E734E"/>
     <w:rsid w:val="009F22C3"/>
     <w:rsid w:val="009F4C27"/>
     <w:rsid w:val="009F7FEF"/>
     <w:rsid w:val="00A02D52"/>
     <w:rsid w:val="00A13147"/>
     <w:rsid w:val="00A169A4"/>
+    <w:rsid w:val="00A259E0"/>
     <w:rsid w:val="00A27445"/>
     <w:rsid w:val="00A30AF6"/>
     <w:rsid w:val="00A32F1A"/>
     <w:rsid w:val="00A3373A"/>
     <w:rsid w:val="00A33E46"/>
     <w:rsid w:val="00A35853"/>
+    <w:rsid w:val="00A36B39"/>
+    <w:rsid w:val="00A36BB1"/>
     <w:rsid w:val="00A408D6"/>
     <w:rsid w:val="00A41840"/>
     <w:rsid w:val="00A44222"/>
+    <w:rsid w:val="00A4478B"/>
     <w:rsid w:val="00A44B8A"/>
+    <w:rsid w:val="00A47246"/>
     <w:rsid w:val="00A479AB"/>
     <w:rsid w:val="00A5124E"/>
     <w:rsid w:val="00A57ABE"/>
     <w:rsid w:val="00A632F8"/>
     <w:rsid w:val="00A63ECA"/>
     <w:rsid w:val="00A679F6"/>
     <w:rsid w:val="00A71B09"/>
     <w:rsid w:val="00A73F32"/>
     <w:rsid w:val="00A754A6"/>
     <w:rsid w:val="00A7676C"/>
     <w:rsid w:val="00A841AB"/>
     <w:rsid w:val="00A84BAD"/>
+    <w:rsid w:val="00A84E2C"/>
     <w:rsid w:val="00A85813"/>
     <w:rsid w:val="00A85A8E"/>
     <w:rsid w:val="00A904F4"/>
     <w:rsid w:val="00A94C5B"/>
     <w:rsid w:val="00AA2007"/>
     <w:rsid w:val="00AB02BC"/>
     <w:rsid w:val="00AB2300"/>
+    <w:rsid w:val="00AB34E5"/>
     <w:rsid w:val="00AB627B"/>
     <w:rsid w:val="00AB6286"/>
     <w:rsid w:val="00AB6D0E"/>
     <w:rsid w:val="00AC0CE8"/>
     <w:rsid w:val="00AC1DED"/>
     <w:rsid w:val="00AC692D"/>
     <w:rsid w:val="00AD413E"/>
     <w:rsid w:val="00AD4311"/>
     <w:rsid w:val="00AD7407"/>
     <w:rsid w:val="00AE4188"/>
+    <w:rsid w:val="00AE4C04"/>
+    <w:rsid w:val="00AE4EC8"/>
     <w:rsid w:val="00AE7CDC"/>
     <w:rsid w:val="00AF574A"/>
     <w:rsid w:val="00B013AF"/>
     <w:rsid w:val="00B02590"/>
     <w:rsid w:val="00B130A3"/>
     <w:rsid w:val="00B164AC"/>
     <w:rsid w:val="00B17A9C"/>
     <w:rsid w:val="00B2648D"/>
     <w:rsid w:val="00B351AB"/>
     <w:rsid w:val="00B40F3D"/>
+    <w:rsid w:val="00B45037"/>
     <w:rsid w:val="00B50356"/>
     <w:rsid w:val="00B55E57"/>
+    <w:rsid w:val="00B56E39"/>
     <w:rsid w:val="00B56F46"/>
     <w:rsid w:val="00B6449C"/>
     <w:rsid w:val="00B66E1D"/>
     <w:rsid w:val="00B67D86"/>
     <w:rsid w:val="00B72905"/>
     <w:rsid w:val="00B731B0"/>
     <w:rsid w:val="00B7365E"/>
     <w:rsid w:val="00B75717"/>
     <w:rsid w:val="00B76D75"/>
     <w:rsid w:val="00B834EF"/>
     <w:rsid w:val="00B93CF5"/>
     <w:rsid w:val="00B9449F"/>
     <w:rsid w:val="00B95C79"/>
     <w:rsid w:val="00B96E79"/>
     <w:rsid w:val="00BA02EE"/>
     <w:rsid w:val="00BA2F37"/>
     <w:rsid w:val="00BA7C8E"/>
     <w:rsid w:val="00BB47E9"/>
     <w:rsid w:val="00BC5FC7"/>
     <w:rsid w:val="00BC7D3E"/>
     <w:rsid w:val="00BD034B"/>
     <w:rsid w:val="00BD0BB7"/>
     <w:rsid w:val="00BD0C3A"/>
     <w:rsid w:val="00BE1731"/>
     <w:rsid w:val="00BF146C"/>
     <w:rsid w:val="00BF6315"/>
     <w:rsid w:val="00C02C10"/>
+    <w:rsid w:val="00C035C9"/>
     <w:rsid w:val="00C04C72"/>
     <w:rsid w:val="00C10AC5"/>
     <w:rsid w:val="00C11817"/>
     <w:rsid w:val="00C20F49"/>
     <w:rsid w:val="00C2502C"/>
     <w:rsid w:val="00C262BD"/>
+    <w:rsid w:val="00C3118D"/>
     <w:rsid w:val="00C37984"/>
     <w:rsid w:val="00C46C69"/>
     <w:rsid w:val="00C65A5B"/>
     <w:rsid w:val="00C70E94"/>
     <w:rsid w:val="00C71729"/>
     <w:rsid w:val="00C72E9D"/>
+    <w:rsid w:val="00C732C6"/>
     <w:rsid w:val="00C75E74"/>
     <w:rsid w:val="00C7683A"/>
     <w:rsid w:val="00C76D6E"/>
     <w:rsid w:val="00C76DBE"/>
     <w:rsid w:val="00C824B8"/>
     <w:rsid w:val="00C869DD"/>
     <w:rsid w:val="00C86D10"/>
     <w:rsid w:val="00C91EF5"/>
     <w:rsid w:val="00C927D2"/>
     <w:rsid w:val="00C941F8"/>
     <w:rsid w:val="00C9424D"/>
     <w:rsid w:val="00CA0A34"/>
     <w:rsid w:val="00CA4E9D"/>
     <w:rsid w:val="00CA74AF"/>
     <w:rsid w:val="00CA755C"/>
     <w:rsid w:val="00CB1AD3"/>
+    <w:rsid w:val="00CB448D"/>
     <w:rsid w:val="00CB7FE8"/>
     <w:rsid w:val="00CC0E22"/>
     <w:rsid w:val="00CC0F71"/>
     <w:rsid w:val="00CC655E"/>
+    <w:rsid w:val="00CC6CDD"/>
     <w:rsid w:val="00CC7ADB"/>
     <w:rsid w:val="00CC7CB7"/>
     <w:rsid w:val="00CE020F"/>
+    <w:rsid w:val="00CE2E8E"/>
+    <w:rsid w:val="00CE53B0"/>
     <w:rsid w:val="00D0180A"/>
     <w:rsid w:val="00D032B4"/>
     <w:rsid w:val="00D133F8"/>
     <w:rsid w:val="00D14EAE"/>
+    <w:rsid w:val="00D16E56"/>
     <w:rsid w:val="00D22DDB"/>
     <w:rsid w:val="00D23B6E"/>
     <w:rsid w:val="00D24917"/>
+    <w:rsid w:val="00D24A5D"/>
     <w:rsid w:val="00D25C49"/>
     <w:rsid w:val="00D31E73"/>
+    <w:rsid w:val="00D336C4"/>
     <w:rsid w:val="00D358FC"/>
     <w:rsid w:val="00D42C1E"/>
     <w:rsid w:val="00D50EEB"/>
     <w:rsid w:val="00D5451A"/>
     <w:rsid w:val="00D575A2"/>
     <w:rsid w:val="00D60DFD"/>
     <w:rsid w:val="00D70CAB"/>
     <w:rsid w:val="00D72240"/>
     <w:rsid w:val="00D725E1"/>
     <w:rsid w:val="00D72A88"/>
     <w:rsid w:val="00D7715B"/>
     <w:rsid w:val="00D771E7"/>
     <w:rsid w:val="00D825D8"/>
     <w:rsid w:val="00D83C94"/>
+    <w:rsid w:val="00D8541F"/>
     <w:rsid w:val="00D86138"/>
     <w:rsid w:val="00D87EDA"/>
     <w:rsid w:val="00D91D60"/>
     <w:rsid w:val="00D9607D"/>
     <w:rsid w:val="00D964B8"/>
     <w:rsid w:val="00DA32F4"/>
     <w:rsid w:val="00DC1F94"/>
     <w:rsid w:val="00DC3A18"/>
     <w:rsid w:val="00DD3CAA"/>
     <w:rsid w:val="00DD5712"/>
     <w:rsid w:val="00DD5782"/>
     <w:rsid w:val="00DD76C7"/>
     <w:rsid w:val="00DE14B5"/>
     <w:rsid w:val="00DE1689"/>
     <w:rsid w:val="00DF6032"/>
     <w:rsid w:val="00E02A64"/>
     <w:rsid w:val="00E05F7D"/>
     <w:rsid w:val="00E118F9"/>
     <w:rsid w:val="00E1370F"/>
     <w:rsid w:val="00E1524B"/>
     <w:rsid w:val="00E24D7B"/>
     <w:rsid w:val="00E264E6"/>
     <w:rsid w:val="00E27187"/>
+    <w:rsid w:val="00E31ECE"/>
     <w:rsid w:val="00E325BC"/>
     <w:rsid w:val="00E332BA"/>
     <w:rsid w:val="00E3380E"/>
     <w:rsid w:val="00E3469C"/>
     <w:rsid w:val="00E3617A"/>
     <w:rsid w:val="00E42FAE"/>
     <w:rsid w:val="00E52765"/>
     <w:rsid w:val="00E55C60"/>
     <w:rsid w:val="00E574AE"/>
     <w:rsid w:val="00E61042"/>
     <w:rsid w:val="00E643F0"/>
     <w:rsid w:val="00E73DEE"/>
     <w:rsid w:val="00E75110"/>
     <w:rsid w:val="00E75FB5"/>
     <w:rsid w:val="00E7672B"/>
     <w:rsid w:val="00E91550"/>
     <w:rsid w:val="00E943B9"/>
     <w:rsid w:val="00E947B0"/>
     <w:rsid w:val="00EB46B6"/>
     <w:rsid w:val="00EC1335"/>
     <w:rsid w:val="00EC3BAB"/>
     <w:rsid w:val="00ED5CB1"/>
     <w:rsid w:val="00EF3135"/>
     <w:rsid w:val="00EF697E"/>
     <w:rsid w:val="00EF74E2"/>
     <w:rsid w:val="00F04141"/>
     <w:rsid w:val="00F1535A"/>
+    <w:rsid w:val="00F247C7"/>
     <w:rsid w:val="00F27020"/>
     <w:rsid w:val="00F27213"/>
+    <w:rsid w:val="00F31090"/>
     <w:rsid w:val="00F3650C"/>
     <w:rsid w:val="00F46F05"/>
     <w:rsid w:val="00F6226D"/>
     <w:rsid w:val="00F62B63"/>
     <w:rsid w:val="00F7089B"/>
     <w:rsid w:val="00F75E41"/>
     <w:rsid w:val="00F80E00"/>
     <w:rsid w:val="00F841E7"/>
     <w:rsid w:val="00F9004E"/>
     <w:rsid w:val="00F91608"/>
     <w:rsid w:val="00F92491"/>
     <w:rsid w:val="00F9288E"/>
     <w:rsid w:val="00F944E1"/>
     <w:rsid w:val="00F96834"/>
     <w:rsid w:val="00FA45AC"/>
     <w:rsid w:val="00FA51EE"/>
     <w:rsid w:val="00FA5384"/>
     <w:rsid w:val="00FA621F"/>
     <w:rsid w:val="00FA6E6F"/>
     <w:rsid w:val="00FB0E0A"/>
     <w:rsid w:val="00FB12DB"/>
     <w:rsid w:val="00FC5E34"/>
     <w:rsid w:val="00FC6167"/>
     <w:rsid w:val="00FC721D"/>
     <w:rsid w:val="00FD173C"/>
     <w:rsid w:val="00FD183E"/>
     <w:rsid w:val="00FD71BF"/>
+    <w:rsid w:val="00FF13BB"/>
     <w:rsid w:val="00FF142E"/>
     <w:rsid w:val="00FF472C"/>
     <w:rsid w:val="00FF60F7"/>
     <w:rsid w:val="00FF630F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
@@ -36263,51 +37325,51 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="1"/>
       <w:ind w:left="1943" w:right="1956"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
-    <w:aliases w:val="2,Bullet list,H&amp;P List Paragraph,Normal bullet 2,Strip,Syle 1"/>
+    <w:aliases w:val="2,Bullet list,H&amp;P List Paragraph,Normal bullet 2,Strip,Syle 1,Bullets,Akapit z listą BS,Colorful List - Accent 12,List Paragraph1,List1,Saraksta rindkopa1,Saistīto dokumentu saraksts,Numurets,Colorful List - Accent 11,PPS_Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="120"/>
       <w:ind w:left="529" w:hanging="428"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00890620"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
@@ -36321,102 +37383,152 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00890620"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tv213">
     <w:name w:val="tv213"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00F841E7"/>
     <w:pPr>
       <w:widowControl/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
     <w:name w:val="List Paragraph Char"/>
-    <w:aliases w:val="2 Char,Bullet list Char,H&amp;P List Paragraph Char,Normal bullet 2 Char,Strip Char,Syle 1 Char"/>
+    <w:aliases w:val="2 Char,Bullet list Char,H&amp;P List Paragraph Char,Normal bullet 2 Char,Strip Char,Syle 1 Char,Bullets Char,Akapit z listą BS Char,Colorful List - Accent 12 Char,List Paragraph1 Char,List1 Char,Saraksta rindkopa1 Char,Numurets Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00F841E7"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:val="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="005F35AD"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00702643"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="NoList1">
     <w:name w:val="No List1"/>
     <w:next w:val="NoList"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003131C9"/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AE4EC8"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AE4EC8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="lv-LV"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AE4EC8"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AE4EC8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="lv-LV"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\Lietotajs\MOB_20240102\Juris%20no%20HP\Novads_II\KODEKSS_NOV_II\Noteikumi_20210922\Noteikumi_II\DOME_II\Citi_II\reglaments_groz_20241128.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.balvi.lv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/55567-administrativa-procesa-likums" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="reglaments_groz_20250327.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\Lietotajs\MOB_20240102\Juris%20no%20HP\Novads_II\KODEKSS_NOV_II\Noteikumi_20210922\Noteikumi_II\DOME_II\Citi_II\reglaments_groz_20241128.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://likumi.lv/ta/id/55567-administrativa-procesa-likums" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="reglaments_groz_20250925.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\Lietotajs\MOB_20240102\Juris%20no%20HP\Novads_II\KODEKSS_NOV_II\Noteikumi_20210922\Noteikumi_II\DOME_II\Citi_II\reglaments_groz_20250327.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -36676,78 +37788,78 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A3F0228-EFFE-48D2-8300-264B5E3D80A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>16</Pages>
-  <Words>30629</Words>
-  <Characters>17460</Characters>
+  <Words>32237</Words>
+  <Characters>18376</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>145</Lines>
-  <Paragraphs>95</Paragraphs>
+  <Lines>153</Lines>
+  <Paragraphs>101</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>47994</CharactersWithSpaces>
+  <CharactersWithSpaces>50512</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Ilona Gotharde</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-06-16T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2013</vt:lpwstr>
   </property>