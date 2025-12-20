--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -1,6744 +1,5481 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3826E587" w14:textId="404853F9" w:rsidR="00CE3D6B" w:rsidRDefault="00CE3D6B" w:rsidP="00CE3D6B">
+    <w:p w14:paraId="4F721AFF" w14:textId="413A45A1" w:rsidR="001E5A0C" w:rsidRPr="009966EA" w:rsidRDefault="00CE3D6B" w:rsidP="001E5A0C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IZGLĪTĪBAS PĀRVALDES DARBA PLĀNS 202</w:t>
       </w:r>
-      <w:r w:rsidR="00B16000">
+      <w:r w:rsidR="00B20EA2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.GADA </w:t>
       </w:r>
-      <w:r w:rsidR="00ED0DCB">
+      <w:r w:rsidR="00107465">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>NOVEMBRIM</w:t>
+        <w:t>DECEMBRIM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47403446" w14:textId="77777777" w:rsidR="00CE3D6B" w:rsidRDefault="00CE3D6B" w:rsidP="00CE3D6B">
+    <w:p w14:paraId="75041A13" w14:textId="77777777" w:rsidR="00941CDC" w:rsidRDefault="00941CDC" w:rsidP="00CE3D6B">
       <w:pPr>
         <w:pStyle w:val="Bezatstarpm"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56E1055E" w14:textId="310C94D1" w:rsidR="00B72A1C" w:rsidRDefault="00CE3D6B" w:rsidP="00B72A1C">
+    <w:p w14:paraId="0DDE1104" w14:textId="5C691AD0" w:rsidR="000C43D7" w:rsidRPr="002D025D" w:rsidRDefault="00CE3D6B" w:rsidP="004306C5">
       <w:pPr>
         <w:pStyle w:val="Bezatstarpm"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B442B">
+      <w:r w:rsidRPr="002D025D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>PASĀKUMI IZGLĪTĪBAS IESTĀŽU VADĪTĀJIEM, PEDAGOGIEM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42B0E898" w14:textId="77777777" w:rsidR="000C661C" w:rsidRDefault="000C661C" w:rsidP="00B72A1C">
-[...11 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="-294" w:tblpY="1"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpX="-147" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="15174" w:type="dxa"/>
+        <w:tblW w:w="15027" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1413"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4888"/>
+        <w:gridCol w:w="997"/>
+        <w:gridCol w:w="1550"/>
+        <w:gridCol w:w="4970"/>
         <w:gridCol w:w="3968"/>
         <w:gridCol w:w="1732"/>
         <w:gridCol w:w="1810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE3D6B" w:rsidRPr="006E2A5D" w14:paraId="6502AA66" w14:textId="77777777" w:rsidTr="009D384B">
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="6502AA66" w14:textId="77777777" w:rsidTr="009966EA">
         <w:trPr>
           <w:trHeight w:val="495"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="997" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B3F895E" w14:textId="77777777" w:rsidR="00CE3D6B" w:rsidRPr="006E2A5D" w:rsidRDefault="00CE3D6B" w:rsidP="009D384B">
+          <w:p w14:paraId="1B3F895E" w14:textId="77777777" w:rsidR="00CE3D6B" w:rsidRPr="00625737" w:rsidRDefault="00CE3D6B" w:rsidP="001C0C58">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E2A5D">
-[...9 lines deleted...]
-            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:bookmarkStart w:id="0" w:name="_Hlk183424235"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Nr.p.k</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F85967D" w14:textId="77777777" w:rsidR="00CE3D6B" w:rsidRPr="006E2A5D" w:rsidRDefault="00CE3D6B" w:rsidP="009D384B">
+          <w:p w14:paraId="6F85967D" w14:textId="05CC1A50" w:rsidR="00CE3D6B" w:rsidRPr="00625737" w:rsidRDefault="00CE3D6B" w:rsidP="001C0C58">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E2A5D">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Datums</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="4888" w:type="dxa"/>
+            <w:r w:rsidR="00A75824" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00625737" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A75824" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>laiks</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72EB3437" w14:textId="77777777" w:rsidR="00CE3D6B" w:rsidRPr="006E2A5D" w:rsidRDefault="00CE3D6B" w:rsidP="009D384B">
+          <w:p w14:paraId="72EB3437" w14:textId="77777777" w:rsidR="00CE3D6B" w:rsidRPr="00625737" w:rsidRDefault="00CE3D6B" w:rsidP="001C0C58">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E2A5D">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Pasākums</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="443F1718" w14:textId="77777777" w:rsidR="00CE3D6B" w:rsidRPr="006E2A5D" w:rsidRDefault="00CE3D6B" w:rsidP="009D384B">
+          <w:p w14:paraId="443F1718" w14:textId="77777777" w:rsidR="00CE3D6B" w:rsidRPr="00625737" w:rsidRDefault="00CE3D6B" w:rsidP="001C0C58">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E2A5D">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Dalībnieki</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4365C9F6" w14:textId="77777777" w:rsidR="00CE3D6B" w:rsidRPr="006E2A5D" w:rsidRDefault="00CE3D6B" w:rsidP="009D384B">
+          <w:p w14:paraId="4365C9F6" w14:textId="77777777" w:rsidR="00CE3D6B" w:rsidRPr="00625737" w:rsidRDefault="00CE3D6B" w:rsidP="001C0C58">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E2A5D">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Norises vieta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3301BED4" w14:textId="77777777" w:rsidR="00CE3D6B" w:rsidRPr="006E2A5D" w:rsidRDefault="00CE3D6B" w:rsidP="009D384B">
+          <w:p w14:paraId="3301BED4" w14:textId="77777777" w:rsidR="00CE3D6B" w:rsidRPr="00625737" w:rsidRDefault="00CE3D6B" w:rsidP="001C0C58">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006E2A5D">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Atbildīgais</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A32659" w:rsidRPr="006E2A5D" w14:paraId="2C160BC6" w14:textId="77777777" w:rsidTr="009D384B">
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="428E7228" w14:textId="77777777" w:rsidTr="002E1945">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="997" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="104E2B6F" w14:textId="772E41E6" w:rsidR="00A32659" w:rsidRPr="005C2708" w:rsidRDefault="0071510C" w:rsidP="005C2708">
-[...2 lines deleted...]
-              <w:ind w:left="720"/>
+          <w:p w14:paraId="2F63C789" w14:textId="012BAEA9" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:tcW w:w="1550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21EA9801" w14:textId="24723599" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Paraststmeklis"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>01.-08.12. plkst.9.00-12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3E5F20D5" w14:textId="754364C4" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Pedagogu profesionālās kompetences pilnveides programma “Ievads mākslīgā intelekta rīku izmantošanā pedagogiem”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FD631E9" w14:textId="627B5FE5" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Paraststmeklis"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Eiropas Sociālais fonds Plus projekts Nr. 4.2.2.3/1/24/I/001)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17457F6E" w14:textId="36A36BD7" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00FB19C3" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9654B" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>edagogi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="603652E2" w14:textId="49B1FF9B" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Balvu Valsts ģimnāzija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CA7B74C" w14:textId="77777777" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maruta </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Brokāne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Kirils Logins</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F16A396" w14:textId="77777777" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="73F6D32D" w14:textId="77777777" w:rsidTr="009966EA">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FB0A491" w14:textId="1C0E0CE2" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CBFA9FA" w14:textId="77777777" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Paraststmeklis"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>02.12.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FE8C10C" w14:textId="373D2D70" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Paraststmeklis"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            <w:tcW w:w="4888" w:type="dxa"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>plkst. 15.30-16.50</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16A63C00" w14:textId="4F42D269" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> informatīva sanāksme</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="518ED318" w14:textId="77777777" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Paraststmeklis"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Informatīvs seminārs:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D27DE29" w14:textId="77777777" w:rsidR="005C0FB6" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Paraststmeklis"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>aktuālā informācija par monitoringa darbiem 3. klasēs;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02588001" w14:textId="4225BF47" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Paraststmeklis"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VIAA projekta „Pedagogu profesionālā atbalsta sistēmas izveide” aktualitātes. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18335C17" w14:textId="426298B9" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Sākumskolas pedagogi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B89BBD6" w14:textId="77777777" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> platforma  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05609AE7" w14:textId="4DF7D749" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="380ADD7E" w14:textId="77777777" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Gunita Pugeja</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66235167" w14:textId="13DFF9AD" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="1D94EE9D" w14:textId="77777777" w:rsidTr="009966EA">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59962673" w14:textId="3F920DB1" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A7CAD23" w14:textId="77777777" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Paraststmeklis"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>02.12.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="704DF200" w14:textId="34E1EE38" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Paraststmeklis"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>plkst.16.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D9F7FEC" w14:textId="77777777" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Svešvalodu mācību jomas informatīvā sanāksme:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="610D88F3" w14:textId="77777777" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>aktualitātes mācību priekšmetā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76CD2133" w14:textId="61F2F388" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="005C0FB6" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pieejamais </w:t>
+            </w:r>
+            <w:r w:rsidR="00E9654B" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>atbalsts pedagogu profesionālā atbalsta sistēmas izveides projekta ietvaros;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70DB4781" w14:textId="5724CEDC" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>janvāra aktivitāšu plānojums;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7949DD3D" w14:textId="38ABD93B" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>valsts pārbaudes darbi mācību priekšmetā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="21B95516" w14:textId="57BE41A3" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Svešvalodu (izņemot krievu valodu) skolotāji</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E02046F" w14:textId="24026D3C" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> platforma </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0E70EF31" w14:textId="3D0039A3" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Līga </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Leitena</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="56B64064" w14:textId="77777777" w:rsidTr="00EC4F13">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="237C40F1" w14:textId="4315D288" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70D423AE" w14:textId="127A1F97" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t> 05.12. plkst.10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="721AB11B" w14:textId="77777777" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Sociālās un pilsoniskās mācību jomas mācību priekšmetu skolotāju sanāksme:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05093D11" w14:textId="77777777" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2. semestra darba plānošana - norises, profesionālā pilnveide;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E786A26" w14:textId="77777777" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Barikāžu atceres dienas pasākumi skolā - pieredze, idejas;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1569CB04" w14:textId="7C8D1DC0" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>profesionālas sarunas par procesu - saturs, metodes, aktualitātes.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="169E1539" w14:textId="4CBB48CF" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t> Vēstures, sociālo zinību un citu jomas mācību priekšmetu skolotāji 4.-12.klasēs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49A0EB19" w14:textId="47E502FE" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t> Balvu Valsts ģimnāzija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D67EB2F" w14:textId="37B0A34A" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Anželika</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ločmele</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="54DFF92D" w14:textId="77777777" w:rsidTr="0000287A">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23A956E4" w14:textId="5B52F0D7" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="46DF6554" w14:textId="5BA8E886" w:rsidR="00A32659" w:rsidRDefault="00A32659" w:rsidP="005C2708">
-[...25 lines deleted...]
-            <w:tcW w:w="1732" w:type="dxa"/>
+          <w:p w14:paraId="327731F6" w14:textId="0E751FA2" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t> 08.12.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>plkst. 15.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="033F1824" w14:textId="2E4B2024" w:rsidR="00A32659" w:rsidRPr="005C2708" w:rsidRDefault="00A32659" w:rsidP="005C2708">
-[...19 lines deleted...]
-            <w:tcW w:w="1810" w:type="dxa"/>
+          <w:p w14:paraId="3E4B43D9" w14:textId="77777777" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Profesionālas sarunas teātra mākslas skolotājiem:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6876A5EF" w14:textId="77777777" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>aktualitātes teātra mākslas jomā;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21C468A3" w14:textId="2AC8B451" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>novada teātra mākslas skolotāju ieteikumi un iespējas tos īstenot. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="268DE1A4" w14:textId="22578B1E" w:rsidR="00A32659" w:rsidRPr="005C2708" w:rsidRDefault="00A32659" w:rsidP="005C2708">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="06EEE685" w14:textId="70BA4FE1" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Teātra mākslas skolotāji </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="160E43BA" w14:textId="36975D61" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> platforma </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C48EE05" w14:textId="67E628C7" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lolita </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Kokoreviča</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C2708" w:rsidRPr="006E2A5D" w14:paraId="058CDAA8" w14:textId="77777777" w:rsidTr="009D384B">
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="364E112E" w14:textId="77777777" w:rsidTr="00785CF4">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="997" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F1BD94B" w14:textId="3F042C5D" w:rsidR="005C2708" w:rsidRPr="005C2708" w:rsidRDefault="0071510C" w:rsidP="005C2708">
-[...2 lines deleted...]
-              <w:ind w:left="720"/>
+          <w:p w14:paraId="3E38DFD3" w14:textId="2E9AA217" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41C01B35" w14:textId="77777777" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>09. 12.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26EF6CA8" w14:textId="7ED790E3" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="005C0FB6" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9654B" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>lkst</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00E9654B" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4970" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A283C0D" w14:textId="6C2938D0" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Dabaszinātņu (ģeogrāfijas) mācību jomas seminārs “Pieredzes kompass”- skolotāji dalās ar saviem izstrādātajiem materiāliem</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0494A275" w14:textId="32466CC5" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ģeogrāfijas skolotāji</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55290CEA" w14:textId="51A49628" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Balvu Valsts ģimnāzija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E13F82" w14:textId="434BF23F" w:rsidR="00E9654B" w:rsidRPr="00625737" w:rsidRDefault="00E9654B" w:rsidP="00E9654B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Laura Saulīte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="2B3F6BFD" w14:textId="77777777" w:rsidTr="003F6F0C">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6EAD77A3" w14:textId="7899115C" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0091FBD3" w14:textId="77777777" w:rsidR="005C2708" w:rsidRPr="005C2708" w:rsidRDefault="005C2708" w:rsidP="005C2708">
-[...2 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+          <w:p w14:paraId="0FD3A5CD" w14:textId="7B5764FB" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...31 lines deleted...]
-            <w:tcW w:w="4888" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>09.12. plkst.10.00-15.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="75FE16AB" w14:textId="77777777" w:rsidR="005C2708" w:rsidRDefault="005C2708" w:rsidP="005C2708">
-[...61 lines deleted...]
-              <w:t>mākslīgā intelekta izmantošana mācību procesā.</w:t>
+          <w:p w14:paraId="458C5E26" w14:textId="62C9F02F" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Pedagogu profesionālās kompetences pilnveides programma “</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Labbūtības</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> veicināšana mācību un audzināšanas procesā iespējamās vardarbības novēršanai”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3DAAA3D2" w14:textId="4016EEAE" w:rsidR="005C2708" w:rsidRPr="005C2708" w:rsidRDefault="00223108" w:rsidP="005C2708">
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> mākslas skolotāji</w:t>
+          <w:p w14:paraId="3504A5E2" w14:textId="1D04B90A" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="00FB19C3" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="007161A8" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>edagogi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="565B7A24" w14:textId="09E9A3B0" w:rsidR="005C2708" w:rsidRPr="005C2708" w:rsidRDefault="005C2708" w:rsidP="005C2708">
+          <w:p w14:paraId="0E5C8CEC" w14:textId="21126C3A" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005C2708">
-[...11 lines deleted...]
-              <w:t>oom platforma</w:t>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Balvu Valsts ģimnāzija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0E69A287" w14:textId="03C9B19C" w:rsidR="005C2708" w:rsidRPr="005C2708" w:rsidRDefault="005C2708" w:rsidP="005C2708">
-[...27 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0F96E798" w14:textId="5ACEB154" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maruta </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Brokāne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D1ED5" w:rsidRPr="006E2A5D" w14:paraId="32B5A5FC" w14:textId="77777777" w:rsidTr="009D384B">
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="2AC93B69" w14:textId="77777777" w:rsidTr="00E46344">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="997" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EC9A23A" w14:textId="4E3696CA" w:rsidR="006D1ED5" w:rsidRPr="005C2708" w:rsidRDefault="0071510C" w:rsidP="006D1ED5">
-[...2 lines deleted...]
-              <w:ind w:left="720"/>
+          <w:p w14:paraId="6AFE4FC7" w14:textId="4FA79BE7" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:tcW w:w="1363" w:type="dxa"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="58615579" w14:textId="798E0ABE" w:rsidR="006D1ED5" w:rsidRPr="00F3279D" w:rsidRDefault="006D1ED5" w:rsidP="006D1ED5">
-[...2 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+          <w:p w14:paraId="03B752A2" w14:textId="132E4334" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4888" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>11.12.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3947856C" w14:textId="74EEA082" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>plkst.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A650F2" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA8501E" w14:textId="77777777" w:rsidR="00F3279D" w:rsidRPr="00F3279D" w:rsidRDefault="00F3279D" w:rsidP="00F3279D">
-[...33 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5CC71DB3" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="00D863B7">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Izglītības iestāžu vadītāju sanāksme</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07D64B17" w14:textId="784DBF8F" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="3BFA9757" w14:textId="5C87CE81" w:rsidR="006D1ED5" w:rsidRPr="00F3279D" w:rsidRDefault="006D1ED5" w:rsidP="006D1ED5">
-[...23 lines deleted...]
-              <w:t>priekšmetu skolotāji 4.-12.klasēs</w:t>
+          <w:p w14:paraId="430B7671" w14:textId="57D552CA" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Iestāžu vadītāji</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="23482E44" w14:textId="77777777" w:rsidR="00822625" w:rsidRDefault="00822625" w:rsidP="006D1ED5">
+          <w:p w14:paraId="29CB92A9" w14:textId="2DD5F3A3" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00822625">
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Novada domes sēžu zāle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C62D6C" w14:textId="03F08F68" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Izglītības pārvalde</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="102A2FEB" w14:textId="77777777" w:rsidTr="00917D89">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77164968" w14:textId="775E4C83" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2D0AFF90" w14:textId="4F6632D6" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t> 10.12. plkst.10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19FAF6A1" w14:textId="33880F9F" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sanāksme "1.semestra </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>izvērtējums</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>, aktualitātes izglītības jomā"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BD4449F" w14:textId="51C29586" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Skolu direktoru vietnieki izglītības jomā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29596234" w14:textId="30EF0EC5" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> platforma </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="65192195" w14:textId="5E167448" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ināra </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Konivale</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="3CDCEA02" w14:textId="77777777" w:rsidTr="00426C2A">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="38D72332" w14:textId="19A0BB4C" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="306DFF0B" w14:textId="1E77CA65" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10.12. plkst.16.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="749C4F2B" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rStyle w:val="Izteiksmgs"/>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:t>Zoom platforma</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="178CB262" w14:textId="52BEFEFA" w:rsidR="006D1ED5" w:rsidRPr="00822625" w:rsidRDefault="00822625" w:rsidP="006D1ED5">
+              <w:t>Matemātikas mācību jomas sanāksme:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="095DC1D1" w14:textId="77777777" w:rsidR="00FD1A76" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>informācija par valsts pārbaudes darbiem matemātikā 2025./2026. mācību gadā</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD1A76" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06DE2696" w14:textId="288820C4" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>aktualitātes mācību priekšmetā.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="137AF6F3" w14:textId="6D13FA8F" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Matemātikas skolotāji</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F60936E" w14:textId="328026FA" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> platforma </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="6704C3EB" w14:textId="7964155D" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ludmila </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Uglovska</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="41D184D4" w14:textId="77777777" w:rsidTr="00DB3387">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7ADA7234" w14:textId="391F546C" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="295C3E03" w14:textId="51141532" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>22.12. plkst.</w:t>
+            </w:r>
+            <w:r w:rsidR="001034F1" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD1A76" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4970" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="530F1A46" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Dabaszinātņu mācību jomas sanāksme:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="056FC381" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.semestra rezultāti;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BABD7B3" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>aktuālais par eksāmeniem un monitoringa darbiem;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A7EAB77" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2.semestra darba plānošana;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52C3BC26" w14:textId="6884F255" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">informācija par pedagogu profesionālās kompetences pilnveides programmām. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A15ED73" w14:textId="4F519BB1" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Dabaszinību</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>, bioloģijas, ķīmijas skolotāji</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="764320FA" w14:textId="08CEB5F6" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Zoom</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> platforma </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:tcPr>
+          <w:p w14:paraId="08550C9C" w14:textId="7D275DFA" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Iluta </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Balule</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="588B8C3E" w14:textId="77777777" w:rsidTr="00841E01">
+        <w:trPr>
+          <w:trHeight w:val="274"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="997" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A9A78B3" w14:textId="08E27613" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40EAFAAF" w14:textId="44841413" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>11.12.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13155C52" w14:textId="119FE019" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>plkst.12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4970" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C6A27DC" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
-                <w:color w:val="000000"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Pedagogu profesionālās kompetences pilnveides programma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Baskerville Old Face" w:hAnsi="Baskerville Old Face" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+              </w:rPr>
+              <w:t>ē</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Baskerville Old Face" w:hAnsi="Baskerville Old Face" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>rns ar UDHS: izpratne un atbalsts”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="358381D8" w14:textId="7D0AA508" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Pieslēgšanās s</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Eiropas Sociālais fonds Plus projekts Nr. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>aite tiks izsūtīta uz skolas e-pastu un WhatsApp grupā 5.novembrī</w:t>
-[...50 lines deleted...]
-            <w:tcW w:w="1413" w:type="dxa"/>
+              <w:t>4.2.2.3/1/24/I/001)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15C71B74" w14:textId="03491EF9" w:rsidR="006D1ED5" w:rsidRPr="005C2708" w:rsidRDefault="0071510C" w:rsidP="006D1ED5">
-[...93 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="1118FCF6" w14:textId="5F4D90DD" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:lang w:eastAsia="ru-RU"/>
-[...67 lines deleted...]
-              <w:t xml:space="preserve">Otrās svešvalodas (krievu) skolotāji </w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Izglītības iestāžu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>pedagogi, atbalsta personāls, asistenti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1732" w:type="dxa"/>
-            <w:tcBorders>
-[...69 lines deleted...]
-            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71F72DC7" w14:textId="5AD7E1F0" w:rsidR="006D1ED5" w:rsidRPr="006E2A5D" w:rsidRDefault="0071510C" w:rsidP="006D1ED5">
-[...2 lines deleted...]
-              <w:ind w:left="720"/>
+          <w:p w14:paraId="3DBB4846" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-              <w:pStyle w:val="Bezatstarpm"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Viļakas vidusskola</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06AD1368" w14:textId="39B87689" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000A345A">
-[...169 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
-            <w:tcBorders>
-[...38 lines deleted...]
-            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3673B822" w14:textId="4E3E7649" w:rsidR="006D1ED5" w:rsidRPr="006E2A5D" w:rsidRDefault="0071510C" w:rsidP="006D1ED5">
-[...148 lines deleted...]
-              <w:t>Ludmila Uglovska</w:t>
+          <w:p w14:paraId="542744A1" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Olita Loseva</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38CE2C70" w14:textId="0180BF91" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Andželika Ločmele</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D1ED5" w:rsidRPr="006E2A5D" w14:paraId="748CA533" w14:textId="77777777" w:rsidTr="0042722F">
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="73A9DE25" w14:textId="77777777" w:rsidTr="00841E01">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="997" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FDB869B" w14:textId="0F34767F" w:rsidR="006D1ED5" w:rsidRPr="006E2A5D" w:rsidRDefault="0071510C" w:rsidP="006D1ED5">
-[...2 lines deleted...]
-              <w:ind w:left="720"/>
+          <w:p w14:paraId="117FF49E" w14:textId="1D04EED3" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...136 lines deleted...]
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17856104" w14:textId="615166FB" w:rsidR="006D1ED5" w:rsidRPr="006E2A5D" w:rsidRDefault="0071510C" w:rsidP="006D1ED5">
-[...2 lines deleted...]
-              <w:ind w:left="720"/>
+          <w:p w14:paraId="4341C071" w14:textId="1B7764CC" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="72E78967" w14:textId="670D0A37" w:rsidR="006D1ED5" w:rsidRPr="000A345A" w:rsidRDefault="006D1ED5" w:rsidP="006D1ED5">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>12.12.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74D813DB" w14:textId="4C8093AE" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...144 lines deleted...]
-            <w:tcW w:w="1413" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:kern w:val="2"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>plkst.10.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DFA36D4" w14:textId="17942E37" w:rsidR="006D1ED5" w:rsidRPr="006E2A5D" w:rsidRDefault="0071510C" w:rsidP="006D1ED5">
-[...58 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="1E963052" w14:textId="77777777" w:rsidR="009A6472" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Baskerville Old Face" w:hAnsi="Baskerville Old Face" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Pedagogu profesionālās kompetences pilnveides kursi</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Baskerville Old Face" w:hAnsi="Baskerville Old Face" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> “B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+              </w:rPr>
+              <w:t>ē</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Baskerville Old Face" w:hAnsi="Baskerville Old Face" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>rns ar UDHS: izpratne un atbalsts”</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="207EBD2F" w14:textId="288C0485" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="2"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
-              <w:t>Plkst. 9.30– 13.00</w:t>
-[...100 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:kern w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pieteikums (paraugs nolikumā) 15.novembrim jānosūta elektroniski uz e-pastu </w:t>
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve">(Eiropas Sociālais fonds Plus projekts Nr. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:kern w:val="2"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">  (mob.26178936)</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.2.2.3/1/24/I/001)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
-            <w:tcBorders>
-[...106 lines deleted...]
-            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="301D63B9" w14:textId="1EDBA09D" w:rsidR="006D1ED5" w:rsidRPr="006E2A5D" w:rsidRDefault="0071510C" w:rsidP="006D1ED5">
-[...255 lines deleted...]
-              <w:t>vešvalodu  skolotāji</w:t>
+          <w:p w14:paraId="392C7B08" w14:textId="6B3FB85B" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Izglītības iestāžu </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>pedagogi, atbalsta personāls, asistenti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1732" w:type="dxa"/>
-            <w:tcBorders>
-[...60 lines deleted...]
-            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2462804B" w14:textId="5FAD170E" w:rsidR="0001335D" w:rsidRPr="006E2A5D" w:rsidRDefault="0071510C" w:rsidP="0001335D">
-[...2 lines deleted...]
-              <w:ind w:left="720"/>
+          <w:p w14:paraId="06906EAD" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...23 lines deleted...]
-              <w:spacing w:after="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Balvu Valsts ģimnāzija</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A78BC44" w14:textId="74A8417B" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-              </w:rPr>
-[...173 lines deleted...]
-            </w:r>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
-            <w:tcBorders>
-[...29 lines deleted...]
-            <w:tcW w:w="1413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FAAAEEF" w14:textId="5D282B90" w:rsidR="003032A8" w:rsidRPr="003032A8" w:rsidRDefault="0071510C" w:rsidP="003032A8">
-[...171 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="57B6C3E2" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Olita Loseva</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04DB7F28" w14:textId="044C4549" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ināra </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Konivale</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003032A8" w:rsidRPr="006E2A5D" w14:paraId="08B2D5C7" w14:textId="77777777" w:rsidTr="007714F6">
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="1477C821" w14:textId="77777777" w:rsidTr="00841E01">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:tcW w:w="997" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37EA1ADA" w14:textId="54E3876B" w:rsidR="003032A8" w:rsidRPr="006E2A5D" w:rsidRDefault="0071510C" w:rsidP="003032A8">
-[...2 lines deleted...]
-              <w:ind w:left="720"/>
+          <w:p w14:paraId="45FDBCB9" w14:textId="5888CA8B" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...168 lines deleted...]
-            <w:tcW w:w="1413" w:type="dxa"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="022F1FE4" w14:textId="7D15BD54" w:rsidR="003032A8" w:rsidRPr="006E2A5D" w:rsidRDefault="0071510C" w:rsidP="003032A8">
-[...2 lines deleted...]
-              <w:ind w:left="720"/>
+          <w:p w14:paraId="323DF227" w14:textId="5D063221" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...207 lines deleted...]
-            <w:tcW w:w="1413" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Visu mēnesi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4970" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4358E14F" w14:textId="4E3C001C" w:rsidR="003032A8" w:rsidRPr="006E2A5D" w:rsidRDefault="0071510C" w:rsidP="003032A8">
-[...27 lines deleted...]
-          <w:p w14:paraId="43C861C6" w14:textId="791C8798" w:rsidR="003032A8" w:rsidRPr="006E2A5D" w:rsidRDefault="003032A8" w:rsidP="003032A8">
+          <w:p w14:paraId="63291DE3" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:spacing w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
-[...49 lines deleted...]
-          <w:p w14:paraId="23F14ADA" w14:textId="57EDA91A" w:rsidR="003032A8" w:rsidRPr="00E8246B" w:rsidRDefault="003032A8" w:rsidP="003032A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Izglītības iestāžu darbības pārraudzība: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D7FA00E" w14:textId="4CF41CC5" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="14"/>
+                <w:numId w:val="9"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>interešu izglītības programmu norise izglītības iestādēs.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3968" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="742C0369" w14:textId="4C008855" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Izglītības iestāžu vadība</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="578BDA8A" w14:textId="4B7B0BC1" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Izglītības iestādes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A7ED403" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
-[...16 lines deleted...]
-              </w:numPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Inese Circene</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E985C51" w14:textId="77777777" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="007161A8">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:i/>
-[...86 lines deleted...]
-          <w:p w14:paraId="052864F9" w14:textId="77777777" w:rsidR="003032A8" w:rsidRDefault="003032A8" w:rsidP="003032A8">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Terēza Čudarkina</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B4BC2AA" w14:textId="5E95F58E" w:rsidR="007161A8" w:rsidRPr="00625737" w:rsidRDefault="007161A8" w:rsidP="009A6472">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...53 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maruta </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Brokāne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A23F6B9" w14:textId="32984FF3" w:rsidR="00085DA0" w:rsidRDefault="00085DA0" w:rsidP="003D5E5B">
+    <w:p w14:paraId="7D9E4DAB" w14:textId="37B85BB8" w:rsidR="00951A40" w:rsidRPr="00625737" w:rsidRDefault="00951A40" w:rsidP="00AF39F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58333E33" w14:textId="77777777" w:rsidR="00085DA0" w:rsidRDefault="00085DA0" w:rsidP="00B70F52">
+    <w:p w14:paraId="0559BC93" w14:textId="0ABE5029" w:rsidR="00AE32C9" w:rsidRPr="00625737" w:rsidRDefault="00CE3D6B" w:rsidP="0051545F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00625737">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">PASĀKUMI IZGLĪTOJAMAJIEM </w:t>
+        <w:t>VISP</w:t>
       </w:r>
-      <w:r w:rsidRPr="00483564">
-[...35 lines deleted...]
-      <w:r w:rsidR="00E66811">
+      <w:r w:rsidR="008B0FDE" w:rsidRPr="00625737">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Ā</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00625737">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
+        <w:t>RĒJĀ IZGLĪTĪBA</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14993" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1276"/>
-        <w:gridCol w:w="1319"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="1602"/>
         <w:gridCol w:w="4888"/>
         <w:gridCol w:w="3968"/>
         <w:gridCol w:w="1732"/>
         <w:gridCol w:w="1810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A073E1" w:rsidRPr="00483564" w14:paraId="362FFB6D" w14:textId="77777777" w:rsidTr="009D384B">
-[...2 lines deleted...]
-            <w:tcW w:w="1276" w:type="dxa"/>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="5F5BD5CC" w14:textId="77777777" w:rsidTr="001748C3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61D183E1" w14:textId="3A2DB01E" w:rsidR="00A073E1" w:rsidRPr="006E2A5D" w:rsidRDefault="0071510C" w:rsidP="0001335D">
+          <w:p w14:paraId="30229990" w14:textId="03B0B393" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>16.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1319" w:type="dxa"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DBD3444" w14:textId="5F0D2146" w:rsidR="00A073E1" w:rsidRDefault="00A073E1" w:rsidP="0001335D">
+          <w:p w14:paraId="1ACC1A36" w14:textId="742A448A" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>04.11. plkst.10.00</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00616183" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.12.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A69FEA8" w14:textId="3DC29367" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00045981">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>plkst.10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E8AF344" w14:textId="17696055" w:rsidR="00A073E1" w:rsidRDefault="00A073E1" w:rsidP="0001335D">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="271B946D" w14:textId="7724EA24" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Vācu valodas valsts 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00616183" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.olimpiāde</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED659D" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>s 2.posms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F5B489A" w14:textId="0D6635EA" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53A33405" w14:textId="556FC21F" w:rsidR="00A073E1" w:rsidRDefault="00A073E1" w:rsidP="0001335D">
-[...12 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+          <w:p w14:paraId="3BFD000E" w14:textId="45BCAB72" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>10.-12.klašu izglītojamie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="370F8620" w14:textId="487F2806" w:rsidR="00A073E1" w:rsidRDefault="00B12C60" w:rsidP="0001335D">
+          <w:p w14:paraId="73F7F731" w14:textId="720A1C56" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="lv-LV"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Balvu Valsts ģimnāzija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69993916" w14:textId="1213C08B" w:rsidR="00A073E1" w:rsidRDefault="00A073E1" w:rsidP="0001335D">
-[...4 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="08EE0CFA" w14:textId="77777777" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="New" w:eastAsia="Times New Roman" w:hAnsi="New" w:cs="Arial"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="New" w:eastAsia="Times New Roman" w:hAnsi="New" w:cs="Arial"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Terēza Čudarkina</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="0AD31867" w14:textId="541EDE9B" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A073E1" w:rsidRPr="00483564" w14:paraId="4FC34C51" w14:textId="77777777" w:rsidTr="009D384B">
-[...2 lines deleted...]
-            <w:tcW w:w="1276" w:type="dxa"/>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="64FC8CAE" w14:textId="77777777" w:rsidTr="00055E0E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C73E095" w14:textId="433CE6A8" w:rsidR="00A073E1" w:rsidRPr="006E2A5D" w:rsidRDefault="0071510C" w:rsidP="00A073E1">
+          <w:p w14:paraId="0806D5EA" w14:textId="7787C2F7" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>17.</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1319" w:type="dxa"/>
+              <w:t>16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="447B8E31" w14:textId="430CE648" w:rsidR="00A073E1" w:rsidRDefault="00A073E1" w:rsidP="00A073E1">
+          <w:p w14:paraId="1E86A63F" w14:textId="6F897630" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00616183" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.12.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EA48313" w14:textId="77777777" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>plkst.10.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09493333" w14:textId="1632C0CF" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="530AD460" w14:textId="40A16E40" w:rsidR="00A073E1" w:rsidRDefault="00A073E1" w:rsidP="00A073E1">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1F42CBE3" w14:textId="5E6F3D11" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Vēstures valsts 3</w:t>
+            </w:r>
+            <w:r w:rsidR="00616183" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.olimpiāde</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED659D" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>s 2.posms</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="583DE00D" w14:textId="7D9CB939" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="61825A43" w14:textId="3BEBC18F" w:rsidR="00A073E1" w:rsidRDefault="00A073E1" w:rsidP="00A073E1">
-[...14 lines deleted...]
-              <w:t>7.-9.klašu izglītojamie</w:t>
+          <w:p w14:paraId="58C93939" w14:textId="7A68F3E7" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>9. un 10.-12.klašu izglītojamie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3480F8B5" w14:textId="77777777" w:rsidR="00A073E1" w:rsidRDefault="00B12C60" w:rsidP="00A073E1">
+          <w:p w14:paraId="3AA52C21" w14:textId="001E3F9A" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-              <w:t>Balvu profesionālā un vispārizglītojošā vidusskola</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Balvu Valsts </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED659D" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ģ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>imnāzija</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E348446" w14:textId="365ED6B2" w:rsidR="00A073E1" w:rsidRDefault="00A073E1" w:rsidP="00A073E1">
-[...534 lines deleted...]
-          <w:p w14:paraId="65A423D6" w14:textId="10091137" w:rsidR="00A073E1" w:rsidRPr="006E2A5D" w:rsidRDefault="00A073E1" w:rsidP="00A073E1">
+          <w:p w14:paraId="4854B250" w14:textId="77777777" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:rPr>
                 <w:rFonts w:ascii="New" w:eastAsia="Times New Roman" w:hAnsi="New" w:cs="Arial"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="New" w:eastAsia="Times New Roman" w:hAnsi="New" w:cs="Arial"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">otrās svešvalodas (krievu) skolotāji </w:t>
-[...47 lines deleted...]
-                <w:color w:val="000000"/>
+              <w:t>Terēza Čudarkina</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D9AC175" w14:textId="04E8110A" w:rsidR="00416413" w:rsidRPr="00625737" w:rsidRDefault="00416413" w:rsidP="00416413">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="New" w:eastAsia="Times New Roman" w:hAnsi="New" w:cs="Arial"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...156 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2C2E9D48" w14:textId="77777777" w:rsidR="00B70F52" w:rsidRDefault="00B70F52" w:rsidP="00CE3D6B">
+    <w:p w14:paraId="6BFB52B6" w14:textId="77777777" w:rsidR="00166098" w:rsidRPr="00625737" w:rsidRDefault="00166098" w:rsidP="00DD15D6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C6F7E69" w14:textId="580AFFE7" w:rsidR="001E3EBE" w:rsidRPr="00625737" w:rsidRDefault="00CE3D6B" w:rsidP="00AF39F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00625737">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...19 lines deleted...]
-        <w:t>INTEREŠU IZGLĪTĪB</w:t>
+        <w:t>INTEREŠU IZGLĪTĪBA</w:t>
       </w:r>
-      <w:r w:rsidR="00E66811">
-[...19 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14993" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1276"/>
-        <w:gridCol w:w="1319"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="1603"/>
         <w:gridCol w:w="4888"/>
         <w:gridCol w:w="3968"/>
         <w:gridCol w:w="1732"/>
         <w:gridCol w:w="1810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00026337" w:rsidRPr="000B442B" w14:paraId="4E28E645" w14:textId="77777777" w:rsidTr="009D384B">
-[...2 lines deleted...]
-            <w:tcW w:w="1276" w:type="dxa"/>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="5E0271D3" w14:textId="77777777" w:rsidTr="00723085">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F6D9CB4" w14:textId="3DA3B4F0" w:rsidR="00026337" w:rsidRPr="0096003A" w:rsidRDefault="0096003A" w:rsidP="0096003A">
+          <w:p w14:paraId="3CCB88FC" w14:textId="7A3131F8" w:rsidR="0056016D" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">       </w:t>
-[...11 lines deleted...]
-            <w:tcW w:w="1319" w:type="dxa"/>
+              <w:t>17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B219389" w14:textId="7E2A14B6" w:rsidR="00026337" w:rsidRPr="004261B7" w:rsidRDefault="00026337" w:rsidP="00026337">
+          <w:p w14:paraId="1F4E82D5" w14:textId="77DEFF44" w:rsidR="0056016D" w:rsidRPr="00625737" w:rsidRDefault="00F87675" w:rsidP="0056016D">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">05.12. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6752F2BA" w14:textId="29B203C3" w:rsidR="0056016D" w:rsidRPr="00625737" w:rsidRDefault="0056016D" w:rsidP="0056016D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D62A39">
-[...3 lines deleted...]
-              <w:t>Visu mēnesi</w:t>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>plkst.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F53E21" w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1225C910" w14:textId="2F698620" w:rsidR="00026337" w:rsidRPr="004261B7" w:rsidRDefault="00026337" w:rsidP="00026337">
+          <w:p w14:paraId="7436B8D6" w14:textId="22B45863" w:rsidR="0056016D" w:rsidRPr="00625737" w:rsidRDefault="0056016D" w:rsidP="0056016D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D62A39">
-[...3 lines deleted...]
-              <w:t>Programmas “Latvijas skolas soma” aktivitātes</w:t>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Balvu novada jauno vokālistu konkurss “Ziemas </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>skanis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>”</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E9F1991" w14:textId="7E4B44C6" w:rsidR="00026337" w:rsidRPr="004261B7" w:rsidRDefault="00026337" w:rsidP="00026337">
+          <w:p w14:paraId="725DDFD4" w14:textId="7BAF996A" w:rsidR="0056016D" w:rsidRPr="00625737" w:rsidRDefault="0056016D" w:rsidP="0056016D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D62A39">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>1.-12.klašu izglītojamie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48A4B6B4" w14:textId="289A6740" w:rsidR="00026337" w:rsidRPr="004261B7" w:rsidRDefault="00026337" w:rsidP="00026337">
+          <w:p w14:paraId="1660AC0C" w14:textId="1A9D7457" w:rsidR="0056016D" w:rsidRPr="00625737" w:rsidRDefault="0056016D" w:rsidP="0056016D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D62A39">
-[...3 lines deleted...]
-              <w:t>Izglītības iestādes</w:t>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Balvu Sakrālās kultūras centrs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7201E7DC" w14:textId="4677DDE3" w:rsidR="00026337" w:rsidRPr="003A2AF9" w:rsidRDefault="00026337" w:rsidP="00026337">
+          <w:p w14:paraId="2584F8C3" w14:textId="77777777" w:rsidR="0056016D" w:rsidRPr="00625737" w:rsidRDefault="0056016D" w:rsidP="0056016D">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ilona Salmane</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15B50EB8" w14:textId="79480B6E" w:rsidR="0056016D" w:rsidRPr="00625737" w:rsidRDefault="0056016D" w:rsidP="0056016D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:highlight w:val="yellow"/>
-[...6 lines deleted...]
-              <w:t>Ilona Salmane</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Linda Vītola</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00335E4B" w:rsidRPr="000B442B" w14:paraId="3614AFF6" w14:textId="77777777" w:rsidTr="009D384B">
-[...2 lines deleted...]
-            <w:tcW w:w="1276" w:type="dxa"/>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="64BB1B56" w14:textId="77777777" w:rsidTr="00723085">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7F2275C6" w14:textId="4023D66C" w:rsidR="00335E4B" w:rsidRPr="0096003A" w:rsidRDefault="0096003A" w:rsidP="0096003A">
+          <w:p w14:paraId="4AE4F5A7" w14:textId="7ACA0BE8" w:rsidR="0056016D" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">       </w:t>
-[...11 lines deleted...]
-            <w:tcW w:w="1319" w:type="dxa"/>
+              <w:t>18.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="680D276F" w14:textId="508C9FFE" w:rsidR="00335E4B" w:rsidRPr="004261B7" w:rsidRDefault="00335E4B" w:rsidP="00335E4B">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="4CB0DA50" w14:textId="79149F1C" w:rsidR="0056016D" w:rsidRPr="00625737" w:rsidRDefault="0056016D" w:rsidP="0056016D">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:spacing w:line="252" w:lineRule="auto"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
               </w:rPr>
-            </w:pPr>
-[...5 lines deleted...]
-              <w:t>Līdz 24.11.</w:t>
+              <w:t>Visu mēnesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4888" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21332673" w14:textId="77777777" w:rsidR="003370B4" w:rsidRDefault="00335E4B" w:rsidP="00335E4B">
+          <w:p w14:paraId="37B41651" w14:textId="2728F274" w:rsidR="0056016D" w:rsidRPr="00625737" w:rsidRDefault="0056016D" w:rsidP="0056016D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-            </w:pPr>
-[...118 lines deleted...]
-              <w:t>ilona.salmane@balvi.lv</w:t>
+              <w:t>Projekta “Latvijas skolas soma” aktivitātes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BF886BF" w14:textId="476D2109" w:rsidR="000661D7" w:rsidRPr="004261B7" w:rsidRDefault="00335E4B" w:rsidP="00335E4B">
+          <w:p w14:paraId="12C8E072" w14:textId="7CC8C88C" w:rsidR="0056016D" w:rsidRPr="00625737" w:rsidRDefault="0056016D" w:rsidP="0056016D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>1.-12.klašu izglītojami</w:t>
+              <w:t>1.-12.klašu izglītojamie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1732" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="685647BE" w14:textId="2033D0B1" w:rsidR="00335E4B" w:rsidRPr="004261B7" w:rsidRDefault="00335E4B" w:rsidP="00335E4B">
+          <w:p w14:paraId="3F571FAD" w14:textId="780AF383" w:rsidR="0056016D" w:rsidRPr="00625737" w:rsidRDefault="0056016D" w:rsidP="0056016D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Izglītības iestādes</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1810" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="510B359D" w14:textId="662FB334" w:rsidR="00335E4B" w:rsidRPr="003A2AF9" w:rsidRDefault="00335E4B" w:rsidP="00335E4B">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00335E4B">
+          <w:p w14:paraId="0C66F469" w14:textId="572CCE91" w:rsidR="0056016D" w:rsidRPr="00625737" w:rsidRDefault="0056016D" w:rsidP="0056016D">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:spacing w:line="252" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Ilona Salmane</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0AAFCDF6" w14:textId="77777777" w:rsidR="00335E4B" w:rsidRDefault="00335E4B" w:rsidP="000661D7">
+    <w:p w14:paraId="042AECB5" w14:textId="77777777" w:rsidR="00185EBE" w:rsidRPr="00625737" w:rsidRDefault="00185EBE" w:rsidP="00B95FCC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="771DCA17" w14:textId="77777777" w:rsidR="00335E4B" w:rsidRDefault="00335E4B" w:rsidP="00CE3D6B">
+    <w:p w14:paraId="6D57E5C7" w14:textId="2DA73F0F" w:rsidR="00CE3D6B" w:rsidRPr="00625737" w:rsidRDefault="00CE3D6B" w:rsidP="00CE3D6B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00625737">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>IEKĻAUJOŠ</w:t>
       </w:r>
-      <w:r w:rsidR="00E758E2" w:rsidRPr="000B442B">
+      <w:r w:rsidR="00E758E2" w:rsidRPr="00625737">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Ā</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B442B">
+      <w:r w:rsidRPr="00625737">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> IZGLĪTĪBA (Balvu Iekļaujoš</w:t>
+        <w:t xml:space="preserve"> IZGLĪTĪBA (Balvu Iekļaujošas izglītības atbalsta centrs)</w:t>
       </w:r>
-      <w:r w:rsidR="00BA178E">
-[...28 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15023" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1276"/>
-        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="963"/>
+        <w:gridCol w:w="1588"/>
         <w:gridCol w:w="4960"/>
         <w:gridCol w:w="3968"/>
         <w:gridCol w:w="1704"/>
         <w:gridCol w:w="1840"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00374CF4" w:rsidRPr="000B442B" w14:paraId="08C45536" w14:textId="77777777" w:rsidTr="009D384B">
-[...2 lines deleted...]
-            <w:tcW w:w="1276" w:type="dxa"/>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="08C45536" w14:textId="77777777" w:rsidTr="00BC6472">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11330A9E" w14:textId="5687BC8B" w:rsidR="00374CF4" w:rsidRPr="0096003A" w:rsidRDefault="0096003A" w:rsidP="0096003A">
+          <w:p w14:paraId="11330A9E" w14:textId="09248A6A" w:rsidR="00374CF4" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">       </w:t>
-[...12 lines deleted...]
-            <w:tcW w:w="1275" w:type="dxa"/>
+              <w:t>19.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E2B1A40" w14:textId="1085618C" w:rsidR="00374CF4" w:rsidRPr="000B442B" w:rsidRDefault="00374CF4" w:rsidP="00374CF4">
+          <w:p w14:paraId="6E2B1A40" w14:textId="1085618C" w:rsidR="00374CF4" w:rsidRPr="00625737" w:rsidRDefault="00374CF4" w:rsidP="00374CF4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B442B">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Visu mēnesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="069AF4B3" w14:textId="67FBFEBD" w:rsidR="00374CF4" w:rsidRPr="000B442B" w:rsidRDefault="00374CF4" w:rsidP="00374CF4">
+          <w:p w14:paraId="069AF4B3" w14:textId="67FBFEBD" w:rsidR="00374CF4" w:rsidRPr="00625737" w:rsidRDefault="00374CF4" w:rsidP="00374CF4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B442B">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Psihologu, logopēda un speciālā pedagoga konsultācijas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01AA3CCA" w14:textId="4968926B" w:rsidR="00374CF4" w:rsidRPr="000B442B" w:rsidRDefault="00374CF4" w:rsidP="00374CF4">
+          <w:p w14:paraId="01AA3CCA" w14:textId="4968926B" w:rsidR="00374CF4" w:rsidRPr="00625737" w:rsidRDefault="00374CF4" w:rsidP="00374CF4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B442B">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Saskaņā ar pieteikumiem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AEAC8FA" w14:textId="49E195A0" w:rsidR="00374CF4" w:rsidRPr="000B442B" w:rsidRDefault="00374CF4" w:rsidP="006F4386">
+          <w:p w14:paraId="7AEAC8FA" w14:textId="4BC5F314" w:rsidR="00374CF4" w:rsidRPr="00625737" w:rsidRDefault="00374CF4" w:rsidP="00374CF4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B442B">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>BIIAC</w:t>
+              <w:t>Attālināti vai BIIAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30A7D0FE" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRPr="000B442B" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
+          <w:p w14:paraId="30A7D0FE" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRPr="00625737" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Jolanta Ikstena</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31097372" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
+          <w:p w14:paraId="31097372" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRPr="00625737" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B442B">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Sandra Ķikuste</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="529EA7B7" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
+              <w:t xml:space="preserve">Sandra </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ķikuste</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="529EA7B7" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRPr="00625737" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Karīna Žīgure</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B950660" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRPr="000B442B" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
+          <w:p w14:paraId="2B950660" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRPr="00625737" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Tamāra Rajecka</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C2D167C" w14:textId="0F226420" w:rsidR="00374CF4" w:rsidRPr="000B442B" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
+          <w:p w14:paraId="1C2D167C" w14:textId="0F226420" w:rsidR="00374CF4" w:rsidRPr="00625737" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B442B">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Sigita Loča</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00374CF4" w:rsidRPr="000B442B" w14:paraId="52008FC4" w14:textId="77777777" w:rsidTr="009D384B">
-[...2 lines deleted...]
-            <w:tcW w:w="1276" w:type="dxa"/>
+      <w:tr w:rsidR="00625737" w:rsidRPr="00625737" w14:paraId="52008FC4" w14:textId="77777777" w:rsidTr="00BC6472">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="963" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BE53280" w14:textId="36BD9AE1" w:rsidR="00374CF4" w:rsidRPr="0096003A" w:rsidRDefault="0096003A" w:rsidP="0096003A">
+          <w:p w14:paraId="1BE53280" w14:textId="51654C93" w:rsidR="00374CF4" w:rsidRPr="00625737" w:rsidRDefault="006D575B" w:rsidP="006D575B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">       </w:t>
-[...12 lines deleted...]
-            <w:tcW w:w="1275" w:type="dxa"/>
+              <w:t>20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1588" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42CF2680" w14:textId="77777777" w:rsidR="00374CF4" w:rsidRPr="000B442B" w:rsidRDefault="00374CF4" w:rsidP="00374CF4">
+          <w:p w14:paraId="42CF2680" w14:textId="77777777" w:rsidR="00374CF4" w:rsidRPr="00625737" w:rsidRDefault="00374CF4" w:rsidP="00374CF4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B442B">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Visu mēnesi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2004D9B7" w14:textId="77777777" w:rsidR="00374CF4" w:rsidRPr="000B442B" w:rsidRDefault="00374CF4" w:rsidP="00374CF4">
+          <w:p w14:paraId="2004D9B7" w14:textId="77777777" w:rsidR="00374CF4" w:rsidRPr="00625737" w:rsidRDefault="00374CF4" w:rsidP="00374CF4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B442B">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Psihologu, logopēda un speciālā pedagoga izpētes pašvaldības pedagoģiski medicīniskajai komisijai </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3968" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7520F374" w14:textId="77777777" w:rsidR="00374CF4" w:rsidRPr="000B442B" w:rsidRDefault="00374CF4" w:rsidP="00374CF4">
+          <w:p w14:paraId="7520F374" w14:textId="77777777" w:rsidR="00374CF4" w:rsidRPr="00625737" w:rsidRDefault="00374CF4" w:rsidP="00374CF4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B442B">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Saskaņā ar pieteikumiem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1704" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C28AF44" w14:textId="7C00D648" w:rsidR="00374CF4" w:rsidRPr="000B442B" w:rsidRDefault="00374CF4" w:rsidP="00374CF4">
+          <w:p w14:paraId="0C28AF44" w14:textId="7C00D648" w:rsidR="00374CF4" w:rsidRPr="00625737" w:rsidRDefault="00374CF4" w:rsidP="00374CF4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B442B">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>BIIAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1840" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="248BD64A" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRPr="000B442B" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
+          <w:p w14:paraId="248BD64A" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRPr="00625737" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Jolanta Ikstena</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23A888F6" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
+          <w:p w14:paraId="23A888F6" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRPr="00625737" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B442B">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
-              <w:t>Sandra Ķikuste</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="139B0210" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
+              <w:t xml:space="preserve">Sandra </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00625737">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ķikuste</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="139B0210" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRPr="00625737" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Karīna Žīgure</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CAAD83C" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRPr="000B442B" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
+          <w:p w14:paraId="3CAAD83C" w14:textId="77777777" w:rsidR="00A20FA4" w:rsidRPr="00625737" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Tamāra Rajecka</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12E40E2D" w14:textId="01364706" w:rsidR="00374CF4" w:rsidRPr="000B442B" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
+          <w:p w14:paraId="12E40E2D" w14:textId="01364706" w:rsidR="00374CF4" w:rsidRPr="00625737" w:rsidRDefault="00A20FA4" w:rsidP="00A20FA4">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000B442B">
+            <w:r w:rsidRPr="00625737">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
               <w:t>Sigita Loča</w:t>
-            </w:r>
-[...171 lines deleted...]
-              <w:t>Olita Loseva</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Reatabula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1271"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CE3D6B" w:rsidRPr="000B442B" w14:paraId="0DACAD87" w14:textId="77777777" w:rsidTr="00221864">
+      <w:tr w:rsidR="00CE3D6B" w:rsidRPr="00223FE2" w14:paraId="0DACAD87" w14:textId="77777777" w:rsidTr="00221864">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E50E0A2" w14:textId="77777777" w:rsidR="00487DE7" w:rsidRDefault="00487DE7" w:rsidP="00C9676A">
-[...14 lines deleted...]
-            <w:r w:rsidRPr="000B442B">
+          <w:p w14:paraId="3E50E0A2" w14:textId="77777777" w:rsidR="00487DE7" w:rsidRPr="00223FE2" w:rsidRDefault="00487DE7" w:rsidP="00C9676A">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D796166" w14:textId="57B2C2E5" w:rsidR="008540C8" w:rsidRPr="00223FE2" w:rsidRDefault="008540C8" w:rsidP="00C9676A">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C461ACD" w14:textId="3B0216B3" w:rsidR="00622740" w:rsidRPr="00223FE2" w:rsidRDefault="00CE3D6B" w:rsidP="00C9676A">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00223FE2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>BIIAC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C947FDD" w14:textId="77777777" w:rsidR="00487DE7" w:rsidRDefault="00487DE7" w:rsidP="00C9676A">
-[...18 lines deleted...]
-              <w:t>Balvu Iekļaujošas izglītības atbalsta centrs</w:t>
+          <w:p w14:paraId="3C947FDD" w14:textId="77777777" w:rsidR="00487DE7" w:rsidRPr="00223FE2" w:rsidRDefault="00487DE7" w:rsidP="00C9676A">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="019CE306" w14:textId="41CB645E" w:rsidR="008540C8" w:rsidRPr="00223FE2" w:rsidRDefault="008540C8" w:rsidP="00C9676A">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="087F109B" w14:textId="7692F688" w:rsidR="009E1449" w:rsidRPr="00223FE2" w:rsidRDefault="00CE3D6B" w:rsidP="00C9676A">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00223FE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Balvu Iekļaujošas izglītības atbalsta centr</w:t>
+            </w:r>
+            <w:r w:rsidR="006227AA" w:rsidRPr="00223FE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE3D6B" w:rsidRPr="000B442B" w14:paraId="53A04E6D" w14:textId="77777777" w:rsidTr="00221864">
+      <w:tr w:rsidR="00CE3D6B" w:rsidRPr="00223FE2" w14:paraId="717E067E" w14:textId="77777777" w:rsidTr="00221864">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72F1EDB4" w14:textId="4B5C6A33" w:rsidR="00093A69" w:rsidRPr="000B442B" w:rsidRDefault="00CC0F6B" w:rsidP="00C9676A">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="48E18CC5" w14:textId="77777777" w:rsidR="009D57DF" w:rsidRPr="00223FE2" w:rsidRDefault="009D57DF" w:rsidP="009D57DF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00223FE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>VPS</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47ED7CBF" w14:textId="0D562CD0" w:rsidR="00CE3D6B" w:rsidRPr="00223FE2" w:rsidRDefault="00CE3D6B" w:rsidP="00C9676A">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14747B06" w14:textId="16CE9F84" w:rsidR="00D043DB" w:rsidRPr="000B442B" w:rsidRDefault="00CC0F6B" w:rsidP="00C9676A">
-[...10 lines deleted...]
-              <w:t>Pirmsskolas izglītības iestāde</w:t>
+          <w:p w14:paraId="7CD77A5C" w14:textId="0F3E647B" w:rsidR="00CE3D6B" w:rsidRPr="00223FE2" w:rsidRDefault="009D57DF" w:rsidP="00C9676A">
+            <w:pPr>
+              <w:pStyle w:val="Bezatstarpm"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00223FE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Valsts pārbaudījumu informācijas sistēma</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE3D6B" w:rsidRPr="000B442B" w14:paraId="717E067E" w14:textId="77777777" w:rsidTr="00221864">
+      <w:tr w:rsidR="004D3A60" w:rsidRPr="00223FE2" w14:paraId="67E5C731" w14:textId="77777777" w:rsidTr="00221864">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1271" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47ED7CBF" w14:textId="76FB6940" w:rsidR="00CE3D6B" w:rsidRPr="000B442B" w:rsidRDefault="00CE3D6B" w:rsidP="00C9676A">
-[...1 lines deleted...]
-              <w:pStyle w:val="Bezatstarpm"/>
+          <w:p w14:paraId="39E72A1B" w14:textId="77777777" w:rsidR="004D3A60" w:rsidRPr="00223FE2" w:rsidRDefault="004D3A60" w:rsidP="009D57DF">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD77A5C" w14:textId="3C6F575C" w:rsidR="00CE3D6B" w:rsidRPr="000B442B" w:rsidRDefault="00CE3D6B" w:rsidP="00C9676A">
+          <w:p w14:paraId="744721BA" w14:textId="6579DDC9" w:rsidR="004D3A60" w:rsidRPr="00223FE2" w:rsidRDefault="004D3A60" w:rsidP="00C9676A">
             <w:pPr>
               <w:pStyle w:val="Bezatstarpm"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6DCBB85B" w14:textId="77777777" w:rsidR="000F5812" w:rsidRDefault="000F5812"/>
-    <w:p w14:paraId="04F061FF" w14:textId="77777777" w:rsidR="005333C2" w:rsidRDefault="005333C2" w:rsidP="005333C2">
+    <w:p w14:paraId="04F061FF" w14:textId="77777777" w:rsidR="005333C2" w:rsidRPr="00223FE2" w:rsidRDefault="005333C2" w:rsidP="005333C2">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005333C2" w:rsidSect="008A268C">
+    <w:sectPr w:rsidR="005333C2" w:rsidRPr="00223FE2" w:rsidSect="00A91951">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="709" w:right="1440" w:bottom="568" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="993" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Baskerville Old Face">
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="New">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="022A2EED"/>
+    <w:nsid w:val="03B864F4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DD3E4988"/>
-    <w:lvl w:ilvl="0" w:tplc="04260001">
+    <w:tmpl w:val="5F42E6EA"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04260001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0A1E4B4B"/>
+    <w:nsid w:val="0ACF533E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="67F82A52"/>
+    <w:tmpl w:val="DE923E56"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -6841,59 +5578,208 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0A226742"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04260001">
+    <w:nsid w:val="0E81169A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="808017F8"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Times New Roman" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35EB450F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0DEEA56C"/>
+    <w:lvl w:ilvl="0" w:tplc="04260001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
@@ -6953,54 +5839,54 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0A534A73"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="412B6206"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CD1C4CF2"/>
+    <w:tmpl w:val="B8DC6D48"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
@@ -7066,54 +5952,54 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="14536CB0"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E030002"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="718691FC"/>
+    <w:tmpl w:val="D970291C"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
@@ -7179,54 +6065,140 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1E8B7833"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5BD94EFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="101ED1E0"/>
+    <w:tmpl w:val="68224918"/>
+    <w:lvl w:ilvl="0" w:tplc="0426000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0426000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04260019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0426001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="624E220C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C5C0FFFC"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
@@ -7292,54 +6264,54 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="20C96699"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="750771BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="784C6430"/>
+    <w:tmpl w:val="14881FF4"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
@@ -7405,172 +6377,54 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...118 lines deleted...]
-    <w:nsid w:val="29456742"/>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F9F4813"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="56B4B3DE"/>
+    <w:tmpl w:val="172439A2"/>
     <w:lvl w:ilvl="0" w:tplc="04260001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04260005" w:tentative="1">
@@ -7636,1875 +6490,944 @@
     <w:lvl w:ilvl="7" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04260005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...991 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1447967331">
+  <w:num w:numId="1" w16cid:durableId="1786532811">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1256786430">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="219904363">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="283584294">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1052776063">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1843004505">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1577981435">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="40709807">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="8" w16cid:durableId="1267277483">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="305548750">
-[...29 lines deleted...]
-  <w:num w:numId="13" w16cid:durableId="1094590820">
+  <w:num w:numId="9" w16cid:durableId="1581671561">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1581671561">
-[...2 lines deleted...]
-  <w:num w:numId="15" w16cid:durableId="2032683507">
+  <w:num w:numId="10" w16cid:durableId="2109495440">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="93669047">
-[...11 lines deleted...]
-  <w:numIdMacAtCleanup w:val="4"/>
+  <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CE3D6B"/>
+    <w:rsid w:val="00002831"/>
     <w:rsid w:val="00005EEC"/>
-    <w:rsid w:val="0001335D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00020CDD"/>
+    <w:rsid w:val="00020254"/>
     <w:rsid w:val="0002357E"/>
-    <w:rsid w:val="00023A41"/>
-    <w:rsid w:val="00026337"/>
+    <w:rsid w:val="00023B17"/>
     <w:rsid w:val="00027288"/>
     <w:rsid w:val="00030877"/>
+    <w:rsid w:val="00030993"/>
     <w:rsid w:val="00035EE9"/>
     <w:rsid w:val="000371F0"/>
+    <w:rsid w:val="0004258A"/>
     <w:rsid w:val="00043DF1"/>
+    <w:rsid w:val="00045981"/>
     <w:rsid w:val="00045CC4"/>
     <w:rsid w:val="00046750"/>
+    <w:rsid w:val="00052808"/>
     <w:rsid w:val="000555E8"/>
     <w:rsid w:val="00055E0E"/>
-    <w:rsid w:val="000661D7"/>
     <w:rsid w:val="000702C2"/>
-    <w:rsid w:val="00074008"/>
+    <w:rsid w:val="0007117F"/>
+    <w:rsid w:val="00075C76"/>
     <w:rsid w:val="000760CC"/>
-    <w:rsid w:val="00076D8A"/>
     <w:rsid w:val="000809BD"/>
+    <w:rsid w:val="00084537"/>
     <w:rsid w:val="000846DC"/>
     <w:rsid w:val="00085949"/>
-    <w:rsid w:val="00085DA0"/>
-    <w:rsid w:val="0009111C"/>
     <w:rsid w:val="00093564"/>
     <w:rsid w:val="000939E6"/>
     <w:rsid w:val="00093A69"/>
-    <w:rsid w:val="00095631"/>
     <w:rsid w:val="00096E8D"/>
-    <w:rsid w:val="000A345A"/>
+    <w:rsid w:val="00096F1F"/>
+    <w:rsid w:val="00097EA0"/>
+    <w:rsid w:val="000A1FD0"/>
     <w:rsid w:val="000A4123"/>
-    <w:rsid w:val="000A60C2"/>
     <w:rsid w:val="000B1A86"/>
     <w:rsid w:val="000B442B"/>
+    <w:rsid w:val="000C2576"/>
+    <w:rsid w:val="000C38EC"/>
     <w:rsid w:val="000C43D7"/>
-    <w:rsid w:val="000C661C"/>
+    <w:rsid w:val="000D1969"/>
     <w:rsid w:val="000D1F1E"/>
     <w:rsid w:val="000D45B7"/>
-    <w:rsid w:val="000D4C93"/>
     <w:rsid w:val="000D5E1F"/>
     <w:rsid w:val="000E2DF5"/>
-    <w:rsid w:val="000E438A"/>
     <w:rsid w:val="000E43A0"/>
+    <w:rsid w:val="000E6F69"/>
+    <w:rsid w:val="000E796C"/>
+    <w:rsid w:val="000F05D4"/>
     <w:rsid w:val="000F24D9"/>
     <w:rsid w:val="000F5812"/>
     <w:rsid w:val="000F5F76"/>
+    <w:rsid w:val="000F7278"/>
     <w:rsid w:val="001031BD"/>
+    <w:rsid w:val="001034F1"/>
     <w:rsid w:val="001055F2"/>
-    <w:rsid w:val="001065CA"/>
+    <w:rsid w:val="00105ED7"/>
     <w:rsid w:val="00106F73"/>
     <w:rsid w:val="00106F7D"/>
-    <w:rsid w:val="0011130D"/>
-    <w:rsid w:val="00111EC6"/>
+    <w:rsid w:val="00107465"/>
+    <w:rsid w:val="00115CC4"/>
     <w:rsid w:val="00117345"/>
     <w:rsid w:val="001224F3"/>
-    <w:rsid w:val="00123AB8"/>
     <w:rsid w:val="001267A7"/>
+    <w:rsid w:val="001267B3"/>
     <w:rsid w:val="00130F6F"/>
+    <w:rsid w:val="0013106F"/>
     <w:rsid w:val="00133405"/>
     <w:rsid w:val="001337F4"/>
     <w:rsid w:val="0013516A"/>
+    <w:rsid w:val="00136B6A"/>
     <w:rsid w:val="00140302"/>
-    <w:rsid w:val="00144C92"/>
+    <w:rsid w:val="00145B8D"/>
     <w:rsid w:val="00146D06"/>
     <w:rsid w:val="0014771D"/>
     <w:rsid w:val="0015253C"/>
     <w:rsid w:val="00157606"/>
     <w:rsid w:val="00160986"/>
-    <w:rsid w:val="0016177E"/>
+    <w:rsid w:val="001609FA"/>
     <w:rsid w:val="001647C9"/>
-    <w:rsid w:val="00165291"/>
     <w:rsid w:val="00166098"/>
+    <w:rsid w:val="001675D3"/>
     <w:rsid w:val="00167E5C"/>
     <w:rsid w:val="00171E96"/>
     <w:rsid w:val="00173D7D"/>
-    <w:rsid w:val="00173E49"/>
-    <w:rsid w:val="001745FB"/>
     <w:rsid w:val="00175542"/>
-    <w:rsid w:val="00177C12"/>
+    <w:rsid w:val="00177975"/>
     <w:rsid w:val="0018013E"/>
     <w:rsid w:val="00182E3F"/>
     <w:rsid w:val="00185EBE"/>
-    <w:rsid w:val="001920E3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00195077"/>
+    <w:rsid w:val="00187A9E"/>
+    <w:rsid w:val="001A0558"/>
     <w:rsid w:val="001A63E9"/>
-    <w:rsid w:val="001B2A5F"/>
     <w:rsid w:val="001B2B05"/>
     <w:rsid w:val="001B4830"/>
     <w:rsid w:val="001B67E3"/>
     <w:rsid w:val="001C0C58"/>
-    <w:rsid w:val="001C1782"/>
+    <w:rsid w:val="001D06EA"/>
+    <w:rsid w:val="001D56C8"/>
     <w:rsid w:val="001E078E"/>
+    <w:rsid w:val="001E13E6"/>
     <w:rsid w:val="001E284F"/>
-    <w:rsid w:val="001E2FA3"/>
-    <w:rsid w:val="001E4F8E"/>
+    <w:rsid w:val="001E3EBE"/>
+    <w:rsid w:val="001E5A0C"/>
     <w:rsid w:val="001E5AF1"/>
+    <w:rsid w:val="001F1E62"/>
     <w:rsid w:val="001F2AAD"/>
-    <w:rsid w:val="001F3914"/>
     <w:rsid w:val="001F3C58"/>
     <w:rsid w:val="001F4CE8"/>
     <w:rsid w:val="001F78E6"/>
-    <w:rsid w:val="00201E3F"/>
-    <w:rsid w:val="00210B4E"/>
+    <w:rsid w:val="002039DE"/>
+    <w:rsid w:val="00207448"/>
     <w:rsid w:val="00211E27"/>
     <w:rsid w:val="00212D1C"/>
     <w:rsid w:val="00214035"/>
+    <w:rsid w:val="002162F6"/>
     <w:rsid w:val="00221864"/>
-    <w:rsid w:val="00222DD9"/>
-    <w:rsid w:val="00223108"/>
+    <w:rsid w:val="00221F13"/>
+    <w:rsid w:val="00223FE2"/>
     <w:rsid w:val="00230166"/>
     <w:rsid w:val="00230457"/>
     <w:rsid w:val="00230BAF"/>
+    <w:rsid w:val="00233EA0"/>
     <w:rsid w:val="0023413D"/>
     <w:rsid w:val="00236E78"/>
+    <w:rsid w:val="00241D9D"/>
     <w:rsid w:val="00242A0F"/>
-    <w:rsid w:val="00243F22"/>
     <w:rsid w:val="00250E8E"/>
+    <w:rsid w:val="00261742"/>
+    <w:rsid w:val="00263A4A"/>
+    <w:rsid w:val="00265CE8"/>
     <w:rsid w:val="00265D7A"/>
     <w:rsid w:val="0026611C"/>
+    <w:rsid w:val="00270BB3"/>
+    <w:rsid w:val="00270C53"/>
     <w:rsid w:val="00271054"/>
     <w:rsid w:val="0027503B"/>
     <w:rsid w:val="00280F34"/>
+    <w:rsid w:val="002812E9"/>
+    <w:rsid w:val="00281959"/>
+    <w:rsid w:val="00284C60"/>
     <w:rsid w:val="002852BB"/>
     <w:rsid w:val="002867AA"/>
     <w:rsid w:val="00287E89"/>
-    <w:rsid w:val="00292C76"/>
     <w:rsid w:val="0029698D"/>
     <w:rsid w:val="002A1DD5"/>
     <w:rsid w:val="002B0398"/>
-    <w:rsid w:val="002B1157"/>
+    <w:rsid w:val="002B28A3"/>
     <w:rsid w:val="002B4D4F"/>
     <w:rsid w:val="002B5852"/>
+    <w:rsid w:val="002C0744"/>
     <w:rsid w:val="002C56C0"/>
-    <w:rsid w:val="002D0B3F"/>
+    <w:rsid w:val="002D025D"/>
+    <w:rsid w:val="002D34C7"/>
     <w:rsid w:val="002D4A84"/>
     <w:rsid w:val="002D6D14"/>
     <w:rsid w:val="002E24CA"/>
     <w:rsid w:val="002E25BE"/>
+    <w:rsid w:val="002E708A"/>
     <w:rsid w:val="002E7326"/>
     <w:rsid w:val="002E7D15"/>
     <w:rsid w:val="002F0F80"/>
-    <w:rsid w:val="002F35DE"/>
-    <w:rsid w:val="003032A8"/>
+    <w:rsid w:val="002F249E"/>
+    <w:rsid w:val="002F4966"/>
+    <w:rsid w:val="00301D38"/>
+    <w:rsid w:val="00303D02"/>
+    <w:rsid w:val="003056F9"/>
+    <w:rsid w:val="00307B17"/>
+    <w:rsid w:val="0031373C"/>
     <w:rsid w:val="00313948"/>
+    <w:rsid w:val="0031423A"/>
     <w:rsid w:val="0031483F"/>
+    <w:rsid w:val="003149AE"/>
     <w:rsid w:val="00320775"/>
     <w:rsid w:val="0032165E"/>
     <w:rsid w:val="0032453D"/>
     <w:rsid w:val="0032784E"/>
     <w:rsid w:val="00333977"/>
+    <w:rsid w:val="003343BC"/>
     <w:rsid w:val="0033530B"/>
-    <w:rsid w:val="00335E4B"/>
-    <w:rsid w:val="003370B4"/>
+    <w:rsid w:val="003404B8"/>
     <w:rsid w:val="00340E23"/>
     <w:rsid w:val="00352D12"/>
+    <w:rsid w:val="00356353"/>
     <w:rsid w:val="00357692"/>
+    <w:rsid w:val="00360B46"/>
+    <w:rsid w:val="003616A0"/>
+    <w:rsid w:val="00361B4D"/>
     <w:rsid w:val="003631BF"/>
     <w:rsid w:val="003708ED"/>
-    <w:rsid w:val="0037217D"/>
     <w:rsid w:val="00373094"/>
     <w:rsid w:val="003733BB"/>
-    <w:rsid w:val="00374AC1"/>
+    <w:rsid w:val="0037392F"/>
     <w:rsid w:val="00374CF4"/>
-    <w:rsid w:val="00376231"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00381D66"/>
+    <w:rsid w:val="00375AD5"/>
     <w:rsid w:val="00382342"/>
-    <w:rsid w:val="00385BED"/>
+    <w:rsid w:val="00387D8B"/>
     <w:rsid w:val="00391313"/>
-    <w:rsid w:val="0039155E"/>
     <w:rsid w:val="00395457"/>
-    <w:rsid w:val="003A2AF9"/>
+    <w:rsid w:val="00395ED3"/>
     <w:rsid w:val="003A4123"/>
+    <w:rsid w:val="003B15EE"/>
     <w:rsid w:val="003B4177"/>
     <w:rsid w:val="003B41DC"/>
     <w:rsid w:val="003B4206"/>
+    <w:rsid w:val="003B5A25"/>
     <w:rsid w:val="003B5A5B"/>
+    <w:rsid w:val="003B5C89"/>
     <w:rsid w:val="003D1AC9"/>
+    <w:rsid w:val="003D1F75"/>
+    <w:rsid w:val="003D23D2"/>
     <w:rsid w:val="003D53D5"/>
-    <w:rsid w:val="003D5E5B"/>
+    <w:rsid w:val="003E0963"/>
+    <w:rsid w:val="003E18D7"/>
     <w:rsid w:val="003E3836"/>
     <w:rsid w:val="003F025E"/>
-    <w:rsid w:val="003F24BA"/>
     <w:rsid w:val="003F667B"/>
+    <w:rsid w:val="00400173"/>
     <w:rsid w:val="00403E13"/>
     <w:rsid w:val="00406129"/>
+    <w:rsid w:val="00407D40"/>
+    <w:rsid w:val="00410225"/>
     <w:rsid w:val="00410323"/>
-    <w:rsid w:val="004120D6"/>
+    <w:rsid w:val="004122AA"/>
+    <w:rsid w:val="00416413"/>
+    <w:rsid w:val="00416DEB"/>
     <w:rsid w:val="00422B5C"/>
     <w:rsid w:val="0042306F"/>
+    <w:rsid w:val="00424812"/>
     <w:rsid w:val="004254BC"/>
-    <w:rsid w:val="004261B7"/>
     <w:rsid w:val="00427478"/>
     <w:rsid w:val="004306C5"/>
     <w:rsid w:val="00431282"/>
     <w:rsid w:val="00441930"/>
+    <w:rsid w:val="00444828"/>
     <w:rsid w:val="00444CA4"/>
-    <w:rsid w:val="00446743"/>
     <w:rsid w:val="004508B9"/>
-    <w:rsid w:val="004512B8"/>
     <w:rsid w:val="004575EC"/>
+    <w:rsid w:val="00461128"/>
     <w:rsid w:val="00463B02"/>
     <w:rsid w:val="004640A8"/>
     <w:rsid w:val="004640D1"/>
-    <w:rsid w:val="004724C9"/>
-    <w:rsid w:val="00481BFE"/>
+    <w:rsid w:val="00470EEE"/>
+    <w:rsid w:val="00471C9F"/>
+    <w:rsid w:val="0047292E"/>
+    <w:rsid w:val="00485BB1"/>
     <w:rsid w:val="0048635F"/>
     <w:rsid w:val="00487DE7"/>
-    <w:rsid w:val="00490F2C"/>
     <w:rsid w:val="00493B1C"/>
     <w:rsid w:val="00493EA2"/>
     <w:rsid w:val="004947D1"/>
     <w:rsid w:val="004949E3"/>
     <w:rsid w:val="00494C96"/>
     <w:rsid w:val="004A02CC"/>
     <w:rsid w:val="004A2E09"/>
     <w:rsid w:val="004A30C7"/>
     <w:rsid w:val="004B092A"/>
     <w:rsid w:val="004B0F0F"/>
     <w:rsid w:val="004B2033"/>
-    <w:rsid w:val="004B21FB"/>
     <w:rsid w:val="004B362C"/>
     <w:rsid w:val="004B37B2"/>
     <w:rsid w:val="004B502E"/>
     <w:rsid w:val="004B5980"/>
     <w:rsid w:val="004B7EB9"/>
     <w:rsid w:val="004C2939"/>
     <w:rsid w:val="004C362B"/>
     <w:rsid w:val="004C41A6"/>
+    <w:rsid w:val="004C5003"/>
     <w:rsid w:val="004C53E0"/>
-    <w:rsid w:val="004C7AF3"/>
+    <w:rsid w:val="004C5C93"/>
     <w:rsid w:val="004D02C7"/>
+    <w:rsid w:val="004D3A60"/>
+    <w:rsid w:val="004D4FC1"/>
     <w:rsid w:val="004D60F1"/>
     <w:rsid w:val="004D6627"/>
+    <w:rsid w:val="004D6918"/>
     <w:rsid w:val="004E5B8D"/>
     <w:rsid w:val="004E6778"/>
     <w:rsid w:val="004E7972"/>
     <w:rsid w:val="004F2220"/>
-    <w:rsid w:val="00502D93"/>
     <w:rsid w:val="00506487"/>
     <w:rsid w:val="00507013"/>
     <w:rsid w:val="00510839"/>
     <w:rsid w:val="0051425E"/>
     <w:rsid w:val="005148C5"/>
+    <w:rsid w:val="0051545F"/>
     <w:rsid w:val="005220AE"/>
+    <w:rsid w:val="0052575F"/>
+    <w:rsid w:val="00527C9F"/>
     <w:rsid w:val="005304D0"/>
+    <w:rsid w:val="0053225F"/>
     <w:rsid w:val="005333C2"/>
     <w:rsid w:val="00537371"/>
-    <w:rsid w:val="00540132"/>
+    <w:rsid w:val="00540202"/>
+    <w:rsid w:val="00541000"/>
+    <w:rsid w:val="00541442"/>
     <w:rsid w:val="0054182A"/>
     <w:rsid w:val="00542966"/>
     <w:rsid w:val="005446B0"/>
     <w:rsid w:val="005464E8"/>
-    <w:rsid w:val="005464FB"/>
     <w:rsid w:val="005468C9"/>
+    <w:rsid w:val="00546C0C"/>
     <w:rsid w:val="00552015"/>
+    <w:rsid w:val="005525ED"/>
+    <w:rsid w:val="00552C1E"/>
+    <w:rsid w:val="00552C8A"/>
     <w:rsid w:val="00554A08"/>
     <w:rsid w:val="00554AE0"/>
-    <w:rsid w:val="00560651"/>
+    <w:rsid w:val="0056016D"/>
     <w:rsid w:val="00562123"/>
     <w:rsid w:val="005621A8"/>
     <w:rsid w:val="005647B1"/>
     <w:rsid w:val="005679D9"/>
+    <w:rsid w:val="00570959"/>
+    <w:rsid w:val="00574721"/>
+    <w:rsid w:val="00577E41"/>
     <w:rsid w:val="005809E3"/>
     <w:rsid w:val="005847C8"/>
-    <w:rsid w:val="005907DB"/>
+    <w:rsid w:val="005924F0"/>
     <w:rsid w:val="00594343"/>
-    <w:rsid w:val="005A18E3"/>
-    <w:rsid w:val="005A4832"/>
+    <w:rsid w:val="005A6E61"/>
+    <w:rsid w:val="005B1AFA"/>
     <w:rsid w:val="005B58F5"/>
     <w:rsid w:val="005B6E98"/>
+    <w:rsid w:val="005C0FB6"/>
     <w:rsid w:val="005C1609"/>
-    <w:rsid w:val="005C2708"/>
-    <w:rsid w:val="005C28A9"/>
+    <w:rsid w:val="005C31B4"/>
+    <w:rsid w:val="005C5064"/>
+    <w:rsid w:val="005C5B4A"/>
     <w:rsid w:val="005C5F99"/>
     <w:rsid w:val="005D57D3"/>
-    <w:rsid w:val="005F7ADB"/>
+    <w:rsid w:val="005E1B7E"/>
+    <w:rsid w:val="005E2D04"/>
     <w:rsid w:val="005F7FE5"/>
-    <w:rsid w:val="00601409"/>
     <w:rsid w:val="00602144"/>
     <w:rsid w:val="006045CB"/>
+    <w:rsid w:val="00605221"/>
     <w:rsid w:val="00605E79"/>
     <w:rsid w:val="00606456"/>
-    <w:rsid w:val="00620C4D"/>
+    <w:rsid w:val="00616183"/>
+    <w:rsid w:val="00622740"/>
+    <w:rsid w:val="006227AA"/>
+    <w:rsid w:val="00623E44"/>
     <w:rsid w:val="006248D3"/>
+    <w:rsid w:val="00625737"/>
     <w:rsid w:val="00626E5C"/>
-    <w:rsid w:val="00627F75"/>
-    <w:rsid w:val="00631C85"/>
     <w:rsid w:val="006337BD"/>
+    <w:rsid w:val="00635E8C"/>
     <w:rsid w:val="006369EB"/>
     <w:rsid w:val="00637EBB"/>
+    <w:rsid w:val="006409DD"/>
     <w:rsid w:val="00643C17"/>
     <w:rsid w:val="00644556"/>
     <w:rsid w:val="00644A67"/>
-    <w:rsid w:val="00651577"/>
+    <w:rsid w:val="0064522C"/>
+    <w:rsid w:val="006515EF"/>
     <w:rsid w:val="006622E3"/>
-    <w:rsid w:val="006638F7"/>
+    <w:rsid w:val="00663176"/>
     <w:rsid w:val="00665130"/>
-    <w:rsid w:val="00667ECF"/>
+    <w:rsid w:val="00665A79"/>
+    <w:rsid w:val="00670E5C"/>
     <w:rsid w:val="00670EA3"/>
-    <w:rsid w:val="0068054B"/>
-    <w:rsid w:val="00683C0F"/>
+    <w:rsid w:val="0067247B"/>
+    <w:rsid w:val="00693CCB"/>
     <w:rsid w:val="00694957"/>
     <w:rsid w:val="00695DAB"/>
     <w:rsid w:val="006972DA"/>
-    <w:rsid w:val="006A3A09"/>
+    <w:rsid w:val="006A1141"/>
+    <w:rsid w:val="006A7697"/>
     <w:rsid w:val="006A7F63"/>
     <w:rsid w:val="006B0B81"/>
-    <w:rsid w:val="006B0C01"/>
     <w:rsid w:val="006B12A8"/>
     <w:rsid w:val="006B147D"/>
     <w:rsid w:val="006B1609"/>
-    <w:rsid w:val="006B54EC"/>
     <w:rsid w:val="006B6713"/>
-    <w:rsid w:val="006B75E7"/>
     <w:rsid w:val="006C0630"/>
+    <w:rsid w:val="006C0C3F"/>
     <w:rsid w:val="006C0D3F"/>
-    <w:rsid w:val="006C324A"/>
     <w:rsid w:val="006C4D78"/>
     <w:rsid w:val="006C6EC7"/>
     <w:rsid w:val="006C7AD5"/>
-    <w:rsid w:val="006D1ED5"/>
+    <w:rsid w:val="006D2694"/>
     <w:rsid w:val="006D3F04"/>
+    <w:rsid w:val="006D575B"/>
     <w:rsid w:val="006E1F0A"/>
-    <w:rsid w:val="006E2A5D"/>
     <w:rsid w:val="006E59A3"/>
+    <w:rsid w:val="006F195A"/>
     <w:rsid w:val="006F2475"/>
-    <w:rsid w:val="006F4386"/>
+    <w:rsid w:val="006F2E99"/>
     <w:rsid w:val="006F5DAB"/>
     <w:rsid w:val="00704C5F"/>
-    <w:rsid w:val="0070670B"/>
     <w:rsid w:val="0070678B"/>
-    <w:rsid w:val="00712529"/>
-    <w:rsid w:val="0071510C"/>
+    <w:rsid w:val="00707B56"/>
+    <w:rsid w:val="007161A8"/>
+    <w:rsid w:val="00717305"/>
     <w:rsid w:val="00722A82"/>
     <w:rsid w:val="00723085"/>
     <w:rsid w:val="00725938"/>
     <w:rsid w:val="00731277"/>
     <w:rsid w:val="00732119"/>
     <w:rsid w:val="007327BE"/>
-    <w:rsid w:val="00737528"/>
+    <w:rsid w:val="00741FC2"/>
+    <w:rsid w:val="007441EF"/>
     <w:rsid w:val="0074602D"/>
     <w:rsid w:val="007503AA"/>
     <w:rsid w:val="00751FEA"/>
-    <w:rsid w:val="00755466"/>
     <w:rsid w:val="007650BF"/>
+    <w:rsid w:val="00766865"/>
+    <w:rsid w:val="007668F7"/>
     <w:rsid w:val="00770B54"/>
     <w:rsid w:val="00771906"/>
     <w:rsid w:val="007754C1"/>
-    <w:rsid w:val="007802B2"/>
+    <w:rsid w:val="00780DA8"/>
+    <w:rsid w:val="00781660"/>
+    <w:rsid w:val="00784915"/>
+    <w:rsid w:val="0078594A"/>
+    <w:rsid w:val="00785CF4"/>
+    <w:rsid w:val="00787186"/>
     <w:rsid w:val="00790C4E"/>
     <w:rsid w:val="00792625"/>
-    <w:rsid w:val="00793EBD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00797909"/>
+    <w:rsid w:val="007A2E98"/>
+    <w:rsid w:val="007A4CE3"/>
     <w:rsid w:val="007A5FDF"/>
+    <w:rsid w:val="007B0681"/>
     <w:rsid w:val="007B0E36"/>
     <w:rsid w:val="007B26BF"/>
-    <w:rsid w:val="007B3A4B"/>
     <w:rsid w:val="007B63B5"/>
-    <w:rsid w:val="007B7C13"/>
     <w:rsid w:val="007B7F69"/>
-    <w:rsid w:val="007C1AAB"/>
+    <w:rsid w:val="007C57EF"/>
     <w:rsid w:val="007C597E"/>
+    <w:rsid w:val="007C6EF2"/>
     <w:rsid w:val="007D24D8"/>
+    <w:rsid w:val="007D2C0C"/>
     <w:rsid w:val="007D426C"/>
     <w:rsid w:val="007E0FAB"/>
     <w:rsid w:val="007E2DC8"/>
-    <w:rsid w:val="007E578B"/>
     <w:rsid w:val="007E72C5"/>
     <w:rsid w:val="007F01FE"/>
     <w:rsid w:val="007F22FD"/>
+    <w:rsid w:val="007F2A39"/>
     <w:rsid w:val="007F58C8"/>
     <w:rsid w:val="007F5F76"/>
     <w:rsid w:val="007F6B01"/>
-    <w:rsid w:val="007F6EDB"/>
+    <w:rsid w:val="007F72A9"/>
+    <w:rsid w:val="00803A87"/>
     <w:rsid w:val="00805C0C"/>
+    <w:rsid w:val="00806C03"/>
     <w:rsid w:val="00807B61"/>
     <w:rsid w:val="008140A1"/>
     <w:rsid w:val="00817B00"/>
     <w:rsid w:val="00821D1D"/>
-    <w:rsid w:val="00822625"/>
     <w:rsid w:val="008234FC"/>
     <w:rsid w:val="00823CF7"/>
     <w:rsid w:val="00827579"/>
     <w:rsid w:val="00827A53"/>
     <w:rsid w:val="008323CB"/>
     <w:rsid w:val="0083302B"/>
     <w:rsid w:val="00834F07"/>
     <w:rsid w:val="008368B7"/>
     <w:rsid w:val="00842DA1"/>
     <w:rsid w:val="00844B58"/>
     <w:rsid w:val="00846078"/>
-    <w:rsid w:val="00853378"/>
+    <w:rsid w:val="008535C8"/>
+    <w:rsid w:val="00853BE4"/>
     <w:rsid w:val="008540C8"/>
-    <w:rsid w:val="008556C7"/>
+    <w:rsid w:val="008545FB"/>
+    <w:rsid w:val="00857F42"/>
     <w:rsid w:val="00864569"/>
     <w:rsid w:val="00864C6C"/>
+    <w:rsid w:val="00865C65"/>
     <w:rsid w:val="00870AF4"/>
-    <w:rsid w:val="0087236A"/>
+    <w:rsid w:val="0087457B"/>
+    <w:rsid w:val="008745A2"/>
     <w:rsid w:val="00876660"/>
     <w:rsid w:val="00884E53"/>
     <w:rsid w:val="00884F7C"/>
-    <w:rsid w:val="00891BFE"/>
     <w:rsid w:val="008933B0"/>
+    <w:rsid w:val="00894208"/>
     <w:rsid w:val="008978EC"/>
-    <w:rsid w:val="008A268C"/>
+    <w:rsid w:val="008A128F"/>
     <w:rsid w:val="008A2A3C"/>
     <w:rsid w:val="008A3B80"/>
     <w:rsid w:val="008A5576"/>
     <w:rsid w:val="008A671B"/>
     <w:rsid w:val="008A6FF0"/>
+    <w:rsid w:val="008B0FDE"/>
     <w:rsid w:val="008B1157"/>
-    <w:rsid w:val="008B4168"/>
-    <w:rsid w:val="008B476D"/>
+    <w:rsid w:val="008B42E9"/>
     <w:rsid w:val="008B4B02"/>
     <w:rsid w:val="008B5D77"/>
     <w:rsid w:val="008B71CB"/>
+    <w:rsid w:val="008C3054"/>
+    <w:rsid w:val="008C3B2A"/>
     <w:rsid w:val="008C43A8"/>
-    <w:rsid w:val="008C4830"/>
+    <w:rsid w:val="008C6826"/>
     <w:rsid w:val="008D0A89"/>
+    <w:rsid w:val="008D1B4C"/>
     <w:rsid w:val="008D32D7"/>
-    <w:rsid w:val="008D4D63"/>
     <w:rsid w:val="008D7CCC"/>
     <w:rsid w:val="008E4936"/>
     <w:rsid w:val="008E559B"/>
     <w:rsid w:val="008F0719"/>
     <w:rsid w:val="008F2B95"/>
     <w:rsid w:val="008F5B19"/>
     <w:rsid w:val="008F75D9"/>
     <w:rsid w:val="00901EEC"/>
-    <w:rsid w:val="00903BBD"/>
     <w:rsid w:val="00905A51"/>
     <w:rsid w:val="00913E4E"/>
     <w:rsid w:val="009159F9"/>
-    <w:rsid w:val="009206CF"/>
+    <w:rsid w:val="00915A3E"/>
     <w:rsid w:val="00920E56"/>
     <w:rsid w:val="00923C6A"/>
-    <w:rsid w:val="00932E6D"/>
-    <w:rsid w:val="0093464B"/>
+    <w:rsid w:val="00932136"/>
+    <w:rsid w:val="00933A36"/>
     <w:rsid w:val="00934CF8"/>
     <w:rsid w:val="009376A7"/>
     <w:rsid w:val="009377C0"/>
+    <w:rsid w:val="00937AAA"/>
+    <w:rsid w:val="00941CDC"/>
     <w:rsid w:val="00942BB3"/>
     <w:rsid w:val="00944794"/>
     <w:rsid w:val="00950420"/>
     <w:rsid w:val="00950C68"/>
-    <w:rsid w:val="009536B5"/>
-    <w:rsid w:val="009540B3"/>
+    <w:rsid w:val="00951A40"/>
+    <w:rsid w:val="00952AC2"/>
     <w:rsid w:val="00956FD6"/>
-    <w:rsid w:val="0096003A"/>
+    <w:rsid w:val="0096010E"/>
+    <w:rsid w:val="00960514"/>
     <w:rsid w:val="009609A1"/>
     <w:rsid w:val="00960A38"/>
     <w:rsid w:val="009628BB"/>
     <w:rsid w:val="00963BD4"/>
     <w:rsid w:val="00964F7C"/>
     <w:rsid w:val="00971BDF"/>
     <w:rsid w:val="00972267"/>
     <w:rsid w:val="009737F6"/>
-    <w:rsid w:val="00975C5B"/>
     <w:rsid w:val="00981D72"/>
+    <w:rsid w:val="00987C45"/>
     <w:rsid w:val="00990C3A"/>
-    <w:rsid w:val="009A440F"/>
+    <w:rsid w:val="009966EA"/>
+    <w:rsid w:val="009A6472"/>
     <w:rsid w:val="009A65E5"/>
-    <w:rsid w:val="009A6CE0"/>
     <w:rsid w:val="009A6F16"/>
     <w:rsid w:val="009A7710"/>
-    <w:rsid w:val="009B0998"/>
-    <w:rsid w:val="009B1B1C"/>
     <w:rsid w:val="009B1B92"/>
-    <w:rsid w:val="009C12A1"/>
     <w:rsid w:val="009C2C9A"/>
     <w:rsid w:val="009C51F2"/>
     <w:rsid w:val="009D1D48"/>
-    <w:rsid w:val="009D384B"/>
+    <w:rsid w:val="009D1DC9"/>
+    <w:rsid w:val="009D28A3"/>
     <w:rsid w:val="009D39DF"/>
+    <w:rsid w:val="009D57DF"/>
+    <w:rsid w:val="009E1449"/>
     <w:rsid w:val="009E2684"/>
+    <w:rsid w:val="009E312D"/>
     <w:rsid w:val="009E76DA"/>
     <w:rsid w:val="009F0B8E"/>
     <w:rsid w:val="009F11AD"/>
     <w:rsid w:val="009F3AE7"/>
     <w:rsid w:val="00A02FEA"/>
+    <w:rsid w:val="00A03C61"/>
     <w:rsid w:val="00A05A7F"/>
     <w:rsid w:val="00A06107"/>
-    <w:rsid w:val="00A073E1"/>
-    <w:rsid w:val="00A1001A"/>
     <w:rsid w:val="00A1387E"/>
     <w:rsid w:val="00A13F65"/>
+    <w:rsid w:val="00A14E50"/>
     <w:rsid w:val="00A20FA4"/>
-    <w:rsid w:val="00A25E00"/>
+    <w:rsid w:val="00A22C50"/>
     <w:rsid w:val="00A32266"/>
-    <w:rsid w:val="00A32659"/>
     <w:rsid w:val="00A338D4"/>
     <w:rsid w:val="00A34147"/>
     <w:rsid w:val="00A36D65"/>
+    <w:rsid w:val="00A40771"/>
     <w:rsid w:val="00A47AEB"/>
+    <w:rsid w:val="00A546B5"/>
+    <w:rsid w:val="00A55CB5"/>
     <w:rsid w:val="00A605ED"/>
+    <w:rsid w:val="00A6398C"/>
+    <w:rsid w:val="00A63D45"/>
+    <w:rsid w:val="00A650F2"/>
     <w:rsid w:val="00A748B6"/>
+    <w:rsid w:val="00A75824"/>
     <w:rsid w:val="00A77611"/>
     <w:rsid w:val="00A809BD"/>
+    <w:rsid w:val="00A847D6"/>
     <w:rsid w:val="00A84E53"/>
     <w:rsid w:val="00A87637"/>
     <w:rsid w:val="00A90222"/>
     <w:rsid w:val="00A904B1"/>
+    <w:rsid w:val="00A9160C"/>
+    <w:rsid w:val="00A9177C"/>
     <w:rsid w:val="00A91951"/>
     <w:rsid w:val="00A93843"/>
-    <w:rsid w:val="00A97A17"/>
-    <w:rsid w:val="00AA04A5"/>
     <w:rsid w:val="00AA0BBF"/>
     <w:rsid w:val="00AA1410"/>
     <w:rsid w:val="00AA79E5"/>
     <w:rsid w:val="00AB16BC"/>
     <w:rsid w:val="00AB2092"/>
-    <w:rsid w:val="00AB20C1"/>
-    <w:rsid w:val="00AB4F9E"/>
     <w:rsid w:val="00AB77B5"/>
     <w:rsid w:val="00AC04F1"/>
-    <w:rsid w:val="00AC071D"/>
     <w:rsid w:val="00AC15F6"/>
-    <w:rsid w:val="00AC3DB1"/>
     <w:rsid w:val="00AC4B87"/>
+    <w:rsid w:val="00AD087E"/>
     <w:rsid w:val="00AD2094"/>
+    <w:rsid w:val="00AE32C9"/>
+    <w:rsid w:val="00AE3A82"/>
     <w:rsid w:val="00AE59FC"/>
+    <w:rsid w:val="00AE6053"/>
+    <w:rsid w:val="00AE6B28"/>
     <w:rsid w:val="00AF0001"/>
     <w:rsid w:val="00AF1344"/>
-    <w:rsid w:val="00AF295A"/>
-    <w:rsid w:val="00AF67AB"/>
+    <w:rsid w:val="00AF31AF"/>
+    <w:rsid w:val="00AF39F6"/>
     <w:rsid w:val="00AF76BB"/>
+    <w:rsid w:val="00B03D5D"/>
     <w:rsid w:val="00B072D2"/>
-    <w:rsid w:val="00B12C60"/>
-    <w:rsid w:val="00B16000"/>
+    <w:rsid w:val="00B136A7"/>
+    <w:rsid w:val="00B14D95"/>
     <w:rsid w:val="00B179FE"/>
+    <w:rsid w:val="00B20EA2"/>
     <w:rsid w:val="00B21C54"/>
     <w:rsid w:val="00B22166"/>
-    <w:rsid w:val="00B2289D"/>
     <w:rsid w:val="00B27292"/>
+    <w:rsid w:val="00B31299"/>
     <w:rsid w:val="00B315AD"/>
     <w:rsid w:val="00B33595"/>
+    <w:rsid w:val="00B36244"/>
     <w:rsid w:val="00B362AA"/>
     <w:rsid w:val="00B36628"/>
     <w:rsid w:val="00B40548"/>
+    <w:rsid w:val="00B40F28"/>
     <w:rsid w:val="00B41E0C"/>
     <w:rsid w:val="00B41EB5"/>
     <w:rsid w:val="00B43923"/>
-    <w:rsid w:val="00B4547A"/>
+    <w:rsid w:val="00B474D5"/>
     <w:rsid w:val="00B53D08"/>
-    <w:rsid w:val="00B635C0"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B72A1C"/>
+    <w:rsid w:val="00B55217"/>
+    <w:rsid w:val="00B55A51"/>
+    <w:rsid w:val="00B742F2"/>
     <w:rsid w:val="00B756CD"/>
+    <w:rsid w:val="00B81D66"/>
     <w:rsid w:val="00B8267E"/>
-    <w:rsid w:val="00B876E6"/>
     <w:rsid w:val="00B90282"/>
     <w:rsid w:val="00B91C66"/>
     <w:rsid w:val="00B95FCC"/>
     <w:rsid w:val="00BA0DE1"/>
     <w:rsid w:val="00BA1343"/>
-    <w:rsid w:val="00BA178E"/>
     <w:rsid w:val="00BA2DE2"/>
-    <w:rsid w:val="00BA5578"/>
+    <w:rsid w:val="00BA4F13"/>
+    <w:rsid w:val="00BA75E0"/>
     <w:rsid w:val="00BB018E"/>
     <w:rsid w:val="00BB3C19"/>
+    <w:rsid w:val="00BB4B13"/>
     <w:rsid w:val="00BC09B2"/>
     <w:rsid w:val="00BC5100"/>
     <w:rsid w:val="00BC6472"/>
-    <w:rsid w:val="00BD243B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C02E8A"/>
+    <w:rsid w:val="00BD623A"/>
+    <w:rsid w:val="00BF34D1"/>
     <w:rsid w:val="00C126C7"/>
+    <w:rsid w:val="00C136E5"/>
     <w:rsid w:val="00C15F4F"/>
-    <w:rsid w:val="00C16FDA"/>
     <w:rsid w:val="00C20485"/>
     <w:rsid w:val="00C20A7E"/>
-    <w:rsid w:val="00C23E25"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C2736C"/>
+    <w:rsid w:val="00C34EF9"/>
     <w:rsid w:val="00C41F05"/>
-    <w:rsid w:val="00C45B9D"/>
     <w:rsid w:val="00C45DB4"/>
-    <w:rsid w:val="00C51320"/>
+    <w:rsid w:val="00C52F6A"/>
     <w:rsid w:val="00C53E8A"/>
-    <w:rsid w:val="00C55632"/>
     <w:rsid w:val="00C56753"/>
     <w:rsid w:val="00C6200A"/>
+    <w:rsid w:val="00C629E1"/>
     <w:rsid w:val="00C65E97"/>
-    <w:rsid w:val="00C66941"/>
     <w:rsid w:val="00C75898"/>
     <w:rsid w:val="00C767BE"/>
     <w:rsid w:val="00C77769"/>
     <w:rsid w:val="00C84BA1"/>
-    <w:rsid w:val="00C86844"/>
+    <w:rsid w:val="00C90EC5"/>
     <w:rsid w:val="00C92762"/>
+    <w:rsid w:val="00C938CF"/>
     <w:rsid w:val="00C93D5A"/>
     <w:rsid w:val="00C943F6"/>
     <w:rsid w:val="00C95E79"/>
     <w:rsid w:val="00CA5AAB"/>
     <w:rsid w:val="00CA7F47"/>
     <w:rsid w:val="00CB16D3"/>
     <w:rsid w:val="00CB7480"/>
-    <w:rsid w:val="00CC0F6B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CC3A9D"/>
+    <w:rsid w:val="00CC236B"/>
+    <w:rsid w:val="00CC2C1B"/>
+    <w:rsid w:val="00CC4C0E"/>
+    <w:rsid w:val="00CD3340"/>
+    <w:rsid w:val="00CD3D27"/>
+    <w:rsid w:val="00CD44E1"/>
     <w:rsid w:val="00CD4CF3"/>
     <w:rsid w:val="00CD7294"/>
     <w:rsid w:val="00CE25B9"/>
     <w:rsid w:val="00CE3D6B"/>
-    <w:rsid w:val="00CE60CE"/>
+    <w:rsid w:val="00CE4E58"/>
     <w:rsid w:val="00CF1D23"/>
     <w:rsid w:val="00CF79B3"/>
-    <w:rsid w:val="00CF7D90"/>
     <w:rsid w:val="00D03A5E"/>
     <w:rsid w:val="00D043DB"/>
     <w:rsid w:val="00D10A22"/>
     <w:rsid w:val="00D10CF9"/>
+    <w:rsid w:val="00D13D24"/>
     <w:rsid w:val="00D20B9B"/>
-    <w:rsid w:val="00D21FF2"/>
+    <w:rsid w:val="00D233A3"/>
     <w:rsid w:val="00D30A29"/>
     <w:rsid w:val="00D3448F"/>
-    <w:rsid w:val="00D42673"/>
     <w:rsid w:val="00D426B9"/>
     <w:rsid w:val="00D4389B"/>
     <w:rsid w:val="00D44752"/>
     <w:rsid w:val="00D44AC0"/>
     <w:rsid w:val="00D451FE"/>
+    <w:rsid w:val="00D50D5F"/>
     <w:rsid w:val="00D568F6"/>
     <w:rsid w:val="00D613AE"/>
-    <w:rsid w:val="00D62A39"/>
-    <w:rsid w:val="00D679AE"/>
+    <w:rsid w:val="00D70EEE"/>
     <w:rsid w:val="00D73CED"/>
+    <w:rsid w:val="00D81B6D"/>
     <w:rsid w:val="00D83EB4"/>
+    <w:rsid w:val="00D863B7"/>
     <w:rsid w:val="00D86D5A"/>
     <w:rsid w:val="00D97E09"/>
-    <w:rsid w:val="00DA1744"/>
-    <w:rsid w:val="00DA61C0"/>
+    <w:rsid w:val="00DA03CB"/>
+    <w:rsid w:val="00DA06F0"/>
     <w:rsid w:val="00DA7B60"/>
     <w:rsid w:val="00DB013E"/>
     <w:rsid w:val="00DB149A"/>
-    <w:rsid w:val="00DB1E96"/>
+    <w:rsid w:val="00DB3387"/>
+    <w:rsid w:val="00DC2DC8"/>
     <w:rsid w:val="00DC5680"/>
-    <w:rsid w:val="00DC6875"/>
     <w:rsid w:val="00DC6C92"/>
+    <w:rsid w:val="00DD0DF0"/>
+    <w:rsid w:val="00DD10D8"/>
     <w:rsid w:val="00DD11E0"/>
-    <w:rsid w:val="00DD2370"/>
+    <w:rsid w:val="00DD15D6"/>
     <w:rsid w:val="00DD3EF9"/>
     <w:rsid w:val="00DD4788"/>
-    <w:rsid w:val="00DD56ED"/>
     <w:rsid w:val="00DE0B33"/>
     <w:rsid w:val="00DE125B"/>
+    <w:rsid w:val="00DE38EB"/>
     <w:rsid w:val="00DF068F"/>
     <w:rsid w:val="00DF3A86"/>
     <w:rsid w:val="00DF6827"/>
     <w:rsid w:val="00E01782"/>
     <w:rsid w:val="00E07ADA"/>
     <w:rsid w:val="00E13410"/>
     <w:rsid w:val="00E13645"/>
     <w:rsid w:val="00E13A07"/>
     <w:rsid w:val="00E206E0"/>
     <w:rsid w:val="00E21CB1"/>
     <w:rsid w:val="00E22F8D"/>
-    <w:rsid w:val="00E23625"/>
+    <w:rsid w:val="00E265A7"/>
     <w:rsid w:val="00E27B86"/>
     <w:rsid w:val="00E30A56"/>
     <w:rsid w:val="00E3547C"/>
+    <w:rsid w:val="00E3695E"/>
     <w:rsid w:val="00E409A5"/>
     <w:rsid w:val="00E409BB"/>
+    <w:rsid w:val="00E43180"/>
     <w:rsid w:val="00E43325"/>
+    <w:rsid w:val="00E507F4"/>
     <w:rsid w:val="00E54E3E"/>
     <w:rsid w:val="00E56098"/>
     <w:rsid w:val="00E56B0C"/>
-    <w:rsid w:val="00E572B2"/>
     <w:rsid w:val="00E60493"/>
-    <w:rsid w:val="00E66811"/>
+    <w:rsid w:val="00E662B6"/>
     <w:rsid w:val="00E67286"/>
-    <w:rsid w:val="00E7084A"/>
-    <w:rsid w:val="00E7586F"/>
     <w:rsid w:val="00E758E2"/>
-    <w:rsid w:val="00E76AE7"/>
-    <w:rsid w:val="00E76CD8"/>
     <w:rsid w:val="00E803E4"/>
-    <w:rsid w:val="00E8246B"/>
+    <w:rsid w:val="00E817AB"/>
+    <w:rsid w:val="00E850EA"/>
     <w:rsid w:val="00E85522"/>
     <w:rsid w:val="00E9079E"/>
+    <w:rsid w:val="00E9654B"/>
     <w:rsid w:val="00E9767D"/>
+    <w:rsid w:val="00E978A3"/>
     <w:rsid w:val="00EA148B"/>
-    <w:rsid w:val="00EA2CE7"/>
     <w:rsid w:val="00EA33BA"/>
     <w:rsid w:val="00EA4144"/>
     <w:rsid w:val="00EA5651"/>
+    <w:rsid w:val="00EB2766"/>
+    <w:rsid w:val="00EB45EE"/>
     <w:rsid w:val="00EB5674"/>
-    <w:rsid w:val="00EC1289"/>
+    <w:rsid w:val="00EC48B4"/>
     <w:rsid w:val="00EC56E8"/>
-    <w:rsid w:val="00ED03A8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED65E7"/>
+    <w:rsid w:val="00ED44D7"/>
+    <w:rsid w:val="00ED659D"/>
     <w:rsid w:val="00ED7E9F"/>
-    <w:rsid w:val="00EE2599"/>
     <w:rsid w:val="00EE2DF2"/>
-    <w:rsid w:val="00EE52D1"/>
     <w:rsid w:val="00EE595C"/>
     <w:rsid w:val="00EF3ACB"/>
     <w:rsid w:val="00EF42F9"/>
     <w:rsid w:val="00F00D53"/>
-    <w:rsid w:val="00F01AB3"/>
     <w:rsid w:val="00F01EEF"/>
     <w:rsid w:val="00F02661"/>
     <w:rsid w:val="00F07797"/>
     <w:rsid w:val="00F0789C"/>
     <w:rsid w:val="00F07A37"/>
     <w:rsid w:val="00F101EC"/>
-    <w:rsid w:val="00F15154"/>
-    <w:rsid w:val="00F15DF6"/>
     <w:rsid w:val="00F17ECA"/>
     <w:rsid w:val="00F20342"/>
-    <w:rsid w:val="00F20CA8"/>
     <w:rsid w:val="00F22866"/>
     <w:rsid w:val="00F23BBD"/>
+    <w:rsid w:val="00F24EB6"/>
     <w:rsid w:val="00F32713"/>
-    <w:rsid w:val="00F3279D"/>
-    <w:rsid w:val="00F33A16"/>
     <w:rsid w:val="00F404BC"/>
     <w:rsid w:val="00F42A44"/>
     <w:rsid w:val="00F44CCE"/>
     <w:rsid w:val="00F47A14"/>
+    <w:rsid w:val="00F53E21"/>
     <w:rsid w:val="00F54F4B"/>
+    <w:rsid w:val="00F57C4F"/>
+    <w:rsid w:val="00F60058"/>
     <w:rsid w:val="00F64FA9"/>
     <w:rsid w:val="00F656F0"/>
+    <w:rsid w:val="00F75BEE"/>
     <w:rsid w:val="00F773AA"/>
+    <w:rsid w:val="00F82859"/>
     <w:rsid w:val="00F82F59"/>
-    <w:rsid w:val="00F83A51"/>
+    <w:rsid w:val="00F8433F"/>
+    <w:rsid w:val="00F84D6E"/>
     <w:rsid w:val="00F856A4"/>
-    <w:rsid w:val="00F86929"/>
+    <w:rsid w:val="00F87675"/>
     <w:rsid w:val="00F877ED"/>
     <w:rsid w:val="00F91CD5"/>
     <w:rsid w:val="00F928B6"/>
-    <w:rsid w:val="00F97847"/>
-    <w:rsid w:val="00FA093B"/>
+    <w:rsid w:val="00F943E5"/>
     <w:rsid w:val="00FA1743"/>
     <w:rsid w:val="00FA3251"/>
-    <w:rsid w:val="00FA3EBD"/>
-    <w:rsid w:val="00FA4FF2"/>
     <w:rsid w:val="00FA536B"/>
-    <w:rsid w:val="00FB05E7"/>
+    <w:rsid w:val="00FB19C3"/>
+    <w:rsid w:val="00FB1FAD"/>
     <w:rsid w:val="00FB28A4"/>
-    <w:rsid w:val="00FB338D"/>
+    <w:rsid w:val="00FB7DE7"/>
     <w:rsid w:val="00FC0292"/>
     <w:rsid w:val="00FC3C7C"/>
     <w:rsid w:val="00FC4148"/>
     <w:rsid w:val="00FC53A6"/>
     <w:rsid w:val="00FC70B3"/>
+    <w:rsid w:val="00FD0823"/>
+    <w:rsid w:val="00FD1A76"/>
+    <w:rsid w:val="00FD3047"/>
+    <w:rsid w:val="00FD4FFD"/>
     <w:rsid w:val="00FD5B88"/>
-    <w:rsid w:val="00FD6145"/>
-    <w:rsid w:val="00FE01C0"/>
     <w:rsid w:val="00FE0A34"/>
     <w:rsid w:val="00FE2BCA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -10058,145 +7981,171 @@
       <w:lang w:eastAsia="lv-LV"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Izteiksmgs">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00963BD4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Izclums">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00963BD4"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Neatrisintapieminana">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Neatrisintapieminana1">
+    <w:name w:val="Neatrisināta pieminēšana1"/>
     <w:basedOn w:val="Noklusjumarindkopasfonts"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00971BDF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="m-6039548096042354377m308407206812758886m2640982052165098964msolistparagraph">
-    <w:name w:val="m_-6039548096042354377m308407206812758886m2640982052165098964msolistparagraph"/>
+  <w:style w:type="character" w:styleId="Izmantotahipersaite">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Noklusjumarindkopasfonts"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003D23D2"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="v1msonospacing">
+    <w:name w:val="v1msonospacing"/>
     <w:basedOn w:val="Parasts"/>
-    <w:rsid w:val="00F15DF6"/>
+    <w:rsid w:val="002039DE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:eastAsia="lv-LV"/>
-    </w:rPr>
-[...10 lines deleted...]
-      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="157426966">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="291448792">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="296961435">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="578715578">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="619143968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="623654754">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="927427794">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="933246513">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -10243,90 +8192,90 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1296792194">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1567259066">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1641837076">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1757556082">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1783307961">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="1846901024">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1888953481">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -10355,51 +8304,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2021732427">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gunitapugeja@gmail.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office dizains">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -10662,81 +8611,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62ED99B0-699F-4799-9471-0AC5DBFAEA91}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A6DA6A5-302E-458B-8F26-CDAD3B9D51DC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>2255</Characters>
+  <Pages>3</Pages>
+  <Words>3105</Words>
+  <Characters>1770</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Nosaukums</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6197</CharactersWithSpaces>
+  <CharactersWithSpaces>4866</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Terēza Čudarkina</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>